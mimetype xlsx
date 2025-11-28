--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="725" uniqueCount="725">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1180" uniqueCount="1180">
   <si>
     <t>Товар</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Лист стальной г/к 1.5x1250x2500</t>
   </si>
   <si>
     <t>2688.00 руб.</t>
   </si>
   <si>
     <t>Лист стальной г/к 2x1000x2000</t>
   </si>
   <si>
     <t>2006.00 руб.</t>
   </si>
   <si>
     <t xml:space="preserve">Лист стальной г/к 2x1250x2500 </t>
   </si>
   <si>
     <t>3024.00 руб.</t>
   </si>
   <si>
@@ -2184,50 +2184,1415 @@
     <t>Лист горячекатаный 140x1500x5000 Ст3 КТ-1755754716</t>
   </si>
   <si>
     <t>Лист горячекатаный 140x1500x5000 Ст3 КТ-663970</t>
   </si>
   <si>
     <t>Лист горячекатаный 140x1500x5000 Ст3 КТ-96799</t>
   </si>
   <si>
     <t>Лист горячекатаный 140x1500x5000 Ст3 КТ-269701</t>
   </si>
   <si>
     <t>Лист горячекатаный 140x1500x5000 Ст35 КТ-1658550079</t>
   </si>
   <si>
     <t>Лист горячекатаный 150x1500x5000 Ст3 КТ-170416</t>
   </si>
   <si>
     <t>Лист горячекатаный 150x1500x5000 Ст3 КТ-411323</t>
   </si>
   <si>
     <t>Лист горячекатаный 160x1500x4000 Ст3 КТ-512605</t>
   </si>
   <si>
     <t>Лист горячекатаный 160x1500x4000 Ст3 КТ-231152</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 10х1500х3000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>64591.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 10х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>59105.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 110х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>92331.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 12х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 130х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>97461.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 140х1500х5000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>115805.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 150х1500х5000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 15х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>61813.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 160х1500х4000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 16х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>59556.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 18х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>65541.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 20х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>60910.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 22х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>64600.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 24х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>62715.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 25х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 30х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 32х1500х5900 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>62264.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 32х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>64116.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 36х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 36х2000х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 3х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 40х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 40х2000х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 45х1500х5200 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 45х1500х5800 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 45х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>66016.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 4х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>65066.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 50х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 55х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>76343.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 5х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 60х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>95855.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 6х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>60990.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 6х2000х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>59414.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 70х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>102591.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 80х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>115425.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 8х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 8х2000х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>57276.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 90х1500х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 90х2000х6000 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 100х1500х6000 мм 09Г2С-12</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 10х1500х3000 мм 09Г2С-12</t>
+  </si>
+  <si>
+    <t>62216.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 110х1500х6000 мм 09Г2С-12</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 12х1500х6000 мм 09Г2С-12</t>
+  </si>
+  <si>
+    <t>61741.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 14х1500х6000 мм 09Г2С-12</t>
+  </si>
+  <si>
+    <t>60420.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 16х1500х6000 мм 09Г2С-12</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 22х1500х6000 мм 09Г2С-12</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 28х1500х6000 мм 09Г2С-12</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 30х1500х6000 мм 09Г2С-12</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 32х1500х6000 мм 09Г2С-12</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 36х1500х6000 мм 09Г2С-12</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 40х1500х6000 мм 09Г2С-12</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 45х1500х6000 мм 09Г2С-12</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 50х1500х6000 мм 09Г2С-12</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 60х1500х6000 мм 09Г2С-12</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 3х1250х2500 мм 09Г2С-14</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 3х1500х6000 мм 09Г2С-14</t>
+  </si>
+  <si>
+    <t>67156.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 100х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 10х1500х3000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>63166.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 10х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>63641.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 10х2000х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 110х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 110х2000х5000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 120х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 120х2000х4500 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 12х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 12х2000х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 140х1500х5000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 140х2000х4000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>109241.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 14х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 15х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 160х2000х3500 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>118655.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 16х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 16х2000х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>62691.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 18х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 18х2000х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 20х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 20х2000х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 22х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>66111.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 24х2000х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>67441.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 25х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 25х2000х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 28х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 30х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 30х2000х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 32х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 32х2000х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 36х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 36х2000х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 3х1250х2500 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 3х1500х3000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>66491.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 3х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 40х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 40х2000х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 45х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 45х2000х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 48х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 48х2000х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 4х1500х3000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>66966.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 50х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 50х2000х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 5х1500х3000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 5х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 60х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 6х1500х3000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 6х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 6х2000х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 70х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 80х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 8х1500х3000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 8х1500х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 8х2000х6000 мм 09Г2С-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 100х1500х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 110х1500х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>104586.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 120х1500х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 130х1500х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 130х2000х4000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 140х1500х5000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 140х2000х4000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 14х1500х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 150х1500х5000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 150х2000х3500 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 160х1500х4000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 16х1500х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 18х1500х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>67536.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 20х1500х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 20х2000х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>63926.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 25х1500х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 25х2000х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 26х1500х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 28х1500х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 30х1500х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 30х2000х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 32х1500х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 32х2000х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 36х1500х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 40х1500х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>64876.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 40х2000х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 50х1500х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 50х2000х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 60х1500х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 60х2000х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 70х1500х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 80х1500х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 90х1500х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 90х2000х6000 мм 09Г2С-16</t>
+  </si>
+  <si>
+    <t>Лист конструкционный горячекатаный 70х2000х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>165291.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 100х1500х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 10х1500х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>107341.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 110х1500х5900 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 110х1500х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 120х1500х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 130х1500х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 140х1500х5000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 14х1500х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>110191.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 18х1500х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 20х1500х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 20х2000х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 22х1500х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 25х2000х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>96606.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 30х1500х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 32х1500х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 36х1500х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 40х1500х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 45х1500х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>116565.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 50х1500х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 5х1250х2500 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 5х1500х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 60х1500х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 6х1500х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 70х1500х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 80х1500х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 8х1500х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 90х1500х6000 мм 10ХСНД</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 14х1500х6000 мм 10ХСНД-12</t>
+  </si>
+  <si>
+    <t>110865.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 25х1500х6000 мм 10ХСНД-12</t>
+  </si>
+  <si>
+    <t>108861.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 30х2000х6000 мм 10ХСНД-12</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 36х1500х6000 мм 10ХСНД-12</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 50х1500х6000 мм 10ХСНД-12</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 8х1500х6000 мм 10ХСНД-12</t>
+  </si>
+  <si>
+    <t>105061.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 10х1500х3000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>111616.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 10х1500х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 10х2000х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 12х1500х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>112186.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 14х1500х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 16х1500х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>111141.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 16х2000х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 18х1500х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>129761.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 18х2000х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 20х1500х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 20х2000х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 22х1500х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 25х1500х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 25х2000х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 28х1500х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 30х1500х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 30х2000х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 32х1500х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 36х1500х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 36х2000х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 40х1500х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 45х1500х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 45х2000х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 4х1500х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 50х1500х5900 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 50х1500х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 5х1500х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 60х1500х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>121496.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 6х1500х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 8х1500х3000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 8х1500х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный низколегированный 8х2000х6000 мм 10ХСНД-15</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 100х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>122921.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 10х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>148865.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 110х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>130996.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 120х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 12х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>132715.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 130х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 140х1500х5000 мм 40Х</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 14х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>123396.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 14х2000х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>101460.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 150х1500х5000 мм 40Х</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 160х1500х4000 мм 40Х</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 16х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 16х2000х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>92996.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 18х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 20х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 22х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 25х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 30х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>101546.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 32х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 36х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 40х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 45х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 4х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>85396.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 50х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 5х1000х2500 мм 40Х</t>
+  </si>
+  <si>
+    <t>112765.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 5х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 60х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>133856.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 6х1250х2500 мм 40Х</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 6х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>111046.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 70х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>138596.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 80х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>141446.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 8х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 90х1500х6000 мм 40Х</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 10х1250х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 10х1500х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 10х1540х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 12х1500х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 140х2000х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>103446.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 14х1500х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 16х1500х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 2,5х1250х2500 мм 65Г</t>
+  </si>
+  <si>
+    <t>133941.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 20х1500х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 20х2000х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 25х1500х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 25х2000х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>102496.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 2х1250х2500 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 30х1500х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 30х2000х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>110856.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 36х1500х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 3х1250х2500 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 40х1500х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 45х1500х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 4х1250х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 4х1500х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 50х1500х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 5х1250х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 5х1500х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 60х1500х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>138653.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 6х1500х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 6х2000х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 8х1250х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 8х1500х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 8х1750х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>117791.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 8х2000х6000 мм 65Г</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 100х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>119596.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 10х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>64496.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 10х2000х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>58796.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 110х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>115891.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 120х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>113896.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 12х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>63460.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 12х2000х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 130х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>106391.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 140х1500х5000 мм Ст20</t>
+  </si>
+  <si>
+    <t>104396.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 14х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 14х2000х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 150х1500х5000 мм Ст20</t>
+  </si>
+  <si>
+    <t>118171.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 150х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 160х1500х4000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 16х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>67346.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 18х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>72960.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 18х2000х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 20х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>76371.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 22х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>72096.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 22х2000х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 24х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 24х2000х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 25х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>93471.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 25х2000х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 30х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 30х2000х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>71716.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 32х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>92521.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 32х2000х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 36х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 36х2000х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 40х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 45х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 50х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 5х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>71060.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 60х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>114371.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 6х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>64021.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 70х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 80х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 80х2000х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 8х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 8х2000х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 90х1500х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 90х2000х6000 мм Ст20</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 100х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>118646.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 10х1250х2500 мм Ст45</t>
+  </si>
+  <si>
+    <t>75896.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 10х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>98325.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 110х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 120х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 12х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>100225.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 130х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>125391.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 140х1500х5000 мм Ст45</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 14х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>100216.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 14х2000х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>77891.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 150х1500х5000 мм Ст45</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 160х1500х4000 мм Ст45</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 16х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 16х2000х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 18х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>94896.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 20х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 22х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 25х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 25х2000х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 30х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 30х2000х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 32х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 36х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 40х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 45х1500х5900 мм Ст45</t>
+  </si>
+  <si>
+    <t>68306.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 45х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 50х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 50х2000х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 5х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>99750.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 60х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 6х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 70х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>106781.00 руб.</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 80х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 8х1500х6000 мм Ст45</t>
+  </si>
+  <si>
+    <t>Лист горячекатаный конструкционный 90х1500х6000 мм Ст45</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
@@ -2249,51 +3614,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B539"/>
+  <dimension ref="A1:B892"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="1"/>
     <col min="2" max="2" width="15" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>4</v>
       </c>
@@ -6565,50 +7930,2874 @@
         <v>230</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" t="s">
         <v>722</v>
       </c>
       <c r="B537" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" t="s">
         <v>723</v>
       </c>
       <c r="B538" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" t="s">
         <v>724</v>
       </c>
       <c r="B539" t="s">
         <v>230</v>
+      </c>
+    </row>
+    <row r="540">
+      <c r="A540" t="s">
+        <v>725</v>
+      </c>
+      <c r="B540" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="541">
+      <c r="A541" t="s">
+        <v>727</v>
+      </c>
+      <c r="B541" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="542">
+      <c r="A542" t="s">
+        <v>729</v>
+      </c>
+      <c r="B542" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="543">
+      <c r="A543" t="s">
+        <v>731</v>
+      </c>
+      <c r="B543" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="544">
+      <c r="A544" t="s">
+        <v>732</v>
+      </c>
+      <c r="B544" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="545">
+      <c r="A545" t="s">
+        <v>734</v>
+      </c>
+      <c r="B545" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="546">
+      <c r="A546" t="s">
+        <v>736</v>
+      </c>
+      <c r="B546" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="547">
+      <c r="A547" t="s">
+        <v>737</v>
+      </c>
+      <c r="B547" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="548">
+      <c r="A548" t="s">
+        <v>739</v>
+      </c>
+      <c r="B548" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="549">
+      <c r="A549" t="s">
+        <v>740</v>
+      </c>
+      <c r="B549" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="550">
+      <c r="A550" t="s">
+        <v>742</v>
+      </c>
+      <c r="B550" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="551">
+      <c r="A551" t="s">
+        <v>744</v>
+      </c>
+      <c r="B551" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="552">
+      <c r="A552" t="s">
+        <v>746</v>
+      </c>
+      <c r="B552" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="553">
+      <c r="A553" t="s">
+        <v>748</v>
+      </c>
+      <c r="B553" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="554">
+      <c r="A554" t="s">
+        <v>750</v>
+      </c>
+      <c r="B554" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="555">
+      <c r="A555" t="s">
+        <v>751</v>
+      </c>
+      <c r="B555" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="556">
+      <c r="A556" t="s">
+        <v>752</v>
+      </c>
+      <c r="B556" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="557">
+      <c r="A557" t="s">
+        <v>754</v>
+      </c>
+      <c r="B557" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="558">
+      <c r="A558" t="s">
+        <v>756</v>
+      </c>
+      <c r="B558" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="559">
+      <c r="A559" t="s">
+        <v>757</v>
+      </c>
+      <c r="B559" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="560">
+      <c r="A560" t="s">
+        <v>758</v>
+      </c>
+      <c r="B560" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="561">
+      <c r="A561" t="s">
+        <v>759</v>
+      </c>
+      <c r="B561" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="562">
+      <c r="A562" t="s">
+        <v>760</v>
+      </c>
+      <c r="B562" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="563">
+      <c r="A563" t="s">
+        <v>761</v>
+      </c>
+      <c r="B563" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="564">
+      <c r="A564" t="s">
+        <v>762</v>
+      </c>
+      <c r="B564" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="565">
+      <c r="A565" t="s">
+        <v>763</v>
+      </c>
+      <c r="B565" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="566">
+      <c r="A566" t="s">
+        <v>765</v>
+      </c>
+      <c r="B566" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="567">
+      <c r="A567" t="s">
+        <v>767</v>
+      </c>
+      <c r="B567" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="568">
+      <c r="A568" t="s">
+        <v>768</v>
+      </c>
+      <c r="B568" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="569">
+      <c r="A569" t="s">
+        <v>770</v>
+      </c>
+      <c r="B569" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="570">
+      <c r="A570" t="s">
+        <v>771</v>
+      </c>
+      <c r="B570" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="571">
+      <c r="A571" t="s">
+        <v>773</v>
+      </c>
+      <c r="B571" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="572">
+      <c r="A572" t="s">
+        <v>775</v>
+      </c>
+      <c r="B572" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="573">
+      <c r="A573" t="s">
+        <v>777</v>
+      </c>
+      <c r="B573" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="574">
+      <c r="A574" t="s">
+        <v>779</v>
+      </c>
+      <c r="B574" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="575">
+      <c r="A575" t="s">
+        <v>781</v>
+      </c>
+      <c r="B575" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="576">
+      <c r="A576" t="s">
+        <v>782</v>
+      </c>
+      <c r="B576" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="577">
+      <c r="A577" t="s">
+        <v>784</v>
+      </c>
+      <c r="B577" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="578">
+      <c r="A578" t="s">
+        <v>785</v>
+      </c>
+      <c r="B578" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="579">
+      <c r="A579" t="s">
+        <v>786</v>
+      </c>
+      <c r="B579" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="580">
+      <c r="A580" t="s">
+        <v>787</v>
+      </c>
+      <c r="B580" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="581">
+      <c r="A581" t="s">
+        <v>789</v>
+      </c>
+      <c r="B581" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="582">
+      <c r="A582" t="s">
+        <v>790</v>
+      </c>
+      <c r="B582" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="583">
+      <c r="A583" t="s">
+        <v>792</v>
+      </c>
+      <c r="B583" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="584">
+      <c r="A584" t="s">
+        <v>794</v>
+      </c>
+      <c r="B584" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="585">
+      <c r="A585" t="s">
+        <v>795</v>
+      </c>
+      <c r="B585" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="586">
+      <c r="A586" t="s">
+        <v>796</v>
+      </c>
+      <c r="B586" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="587">
+      <c r="A587" t="s">
+        <v>797</v>
+      </c>
+      <c r="B587" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="588">
+      <c r="A588" t="s">
+        <v>798</v>
+      </c>
+      <c r="B588" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="589">
+      <c r="A589" t="s">
+        <v>799</v>
+      </c>
+      <c r="B589" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="590">
+      <c r="A590" t="s">
+        <v>800</v>
+      </c>
+      <c r="B590" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="591">
+      <c r="A591" t="s">
+        <v>801</v>
+      </c>
+      <c r="B591" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="592">
+      <c r="A592" t="s">
+        <v>802</v>
+      </c>
+      <c r="B592" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="593">
+      <c r="A593" t="s">
+        <v>803</v>
+      </c>
+      <c r="B593" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="594">
+      <c r="A594" t="s">
+        <v>804</v>
+      </c>
+      <c r="B594" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="595">
+      <c r="A595" t="s">
+        <v>805</v>
+      </c>
+      <c r="B595" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="596">
+      <c r="A596" t="s">
+        <v>807</v>
+      </c>
+      <c r="B596" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="597">
+      <c r="A597" t="s">
+        <v>808</v>
+      </c>
+      <c r="B597" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="598">
+      <c r="A598" t="s">
+        <v>810</v>
+      </c>
+      <c r="B598" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="599">
+      <c r="A599" t="s">
+        <v>812</v>
+      </c>
+      <c r="B599" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="600">
+      <c r="A600" t="s">
+        <v>813</v>
+      </c>
+      <c r="B600" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="601">
+      <c r="A601" t="s">
+        <v>814</v>
+      </c>
+      <c r="B601" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="602">
+      <c r="A602" t="s">
+        <v>815</v>
+      </c>
+      <c r="B602" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="603">
+      <c r="A603" t="s">
+        <v>816</v>
+      </c>
+      <c r="B603" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="604">
+      <c r="A604" t="s">
+        <v>817</v>
+      </c>
+      <c r="B604" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="605">
+      <c r="A605" t="s">
+        <v>818</v>
+      </c>
+      <c r="B605" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="606">
+      <c r="A606" t="s">
+        <v>819</v>
+      </c>
+      <c r="B606" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="607">
+      <c r="A607" t="s">
+        <v>820</v>
+      </c>
+      <c r="B607" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="608">
+      <c r="A608" t="s">
+        <v>822</v>
+      </c>
+      <c r="B608" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="609">
+      <c r="A609" t="s">
+        <v>823</v>
+      </c>
+      <c r="B609" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="610">
+      <c r="A610" t="s">
+        <v>824</v>
+      </c>
+      <c r="B610" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="611">
+      <c r="A611" t="s">
+        <v>826</v>
+      </c>
+      <c r="B611" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="612">
+      <c r="A612" t="s">
+        <v>827</v>
+      </c>
+      <c r="B612" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="613">
+      <c r="A613" t="s">
+        <v>829</v>
+      </c>
+      <c r="B613" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="614">
+      <c r="A614" t="s">
+        <v>830</v>
+      </c>
+      <c r="B614" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="615">
+      <c r="A615" t="s">
+        <v>831</v>
+      </c>
+      <c r="B615" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="616">
+      <c r="A616" t="s">
+        <v>832</v>
+      </c>
+      <c r="B616" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="617">
+      <c r="A617" t="s">
+        <v>833</v>
+      </c>
+      <c r="B617" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="618">
+      <c r="A618" t="s">
+        <v>835</v>
+      </c>
+      <c r="B618" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="619">
+      <c r="A619" t="s">
+        <v>837</v>
+      </c>
+      <c r="B619" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="620">
+      <c r="A620" t="s">
+        <v>838</v>
+      </c>
+      <c r="B620" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="621">
+      <c r="A621" t="s">
+        <v>839</v>
+      </c>
+      <c r="B621" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="622">
+      <c r="A622" t="s">
+        <v>840</v>
+      </c>
+      <c r="B622" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="623">
+      <c r="A623" t="s">
+        <v>841</v>
+      </c>
+      <c r="B623" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="624">
+      <c r="A624" t="s">
+        <v>842</v>
+      </c>
+      <c r="B624" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="625">
+      <c r="A625" t="s">
+        <v>843</v>
+      </c>
+      <c r="B625" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="626">
+      <c r="A626" t="s">
+        <v>844</v>
+      </c>
+      <c r="B626" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="627">
+      <c r="A627" t="s">
+        <v>845</v>
+      </c>
+      <c r="B627" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="628">
+      <c r="A628" t="s">
+        <v>846</v>
+      </c>
+      <c r="B628" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="629">
+      <c r="A629" t="s">
+        <v>847</v>
+      </c>
+      <c r="B629" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="630">
+      <c r="A630" t="s">
+        <v>849</v>
+      </c>
+      <c r="B630" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="631">
+      <c r="A631" t="s">
+        <v>850</v>
+      </c>
+      <c r="B631" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="632">
+      <c r="A632" t="s">
+        <v>851</v>
+      </c>
+      <c r="B632" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="633">
+      <c r="A633" t="s">
+        <v>852</v>
+      </c>
+      <c r="B633" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="634">
+      <c r="A634" t="s">
+        <v>853</v>
+      </c>
+      <c r="B634" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="635">
+      <c r="A635" t="s">
+        <v>854</v>
+      </c>
+      <c r="B635" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="636">
+      <c r="A636" t="s">
+        <v>855</v>
+      </c>
+      <c r="B636" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="637">
+      <c r="A637" t="s">
+        <v>856</v>
+      </c>
+      <c r="B637" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="638">
+      <c r="A638" t="s">
+        <v>858</v>
+      </c>
+      <c r="B638" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="639">
+      <c r="A639" t="s">
+        <v>859</v>
+      </c>
+      <c r="B639" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="640">
+      <c r="A640" t="s">
+        <v>860</v>
+      </c>
+      <c r="B640" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="641">
+      <c r="A641" t="s">
+        <v>861</v>
+      </c>
+      <c r="B641" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="642">
+      <c r="A642" t="s">
+        <v>862</v>
+      </c>
+      <c r="B642" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="643">
+      <c r="A643" t="s">
+        <v>863</v>
+      </c>
+      <c r="B643" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="644">
+      <c r="A644" t="s">
+        <v>864</v>
+      </c>
+      <c r="B644" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="645">
+      <c r="A645" t="s">
+        <v>865</v>
+      </c>
+      <c r="B645" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="646">
+      <c r="A646" t="s">
+        <v>866</v>
+      </c>
+      <c r="B646" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="647">
+      <c r="A647" t="s">
+        <v>867</v>
+      </c>
+      <c r="B647" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="648">
+      <c r="A648" t="s">
+        <v>868</v>
+      </c>
+      <c r="B648" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="649">
+      <c r="A649" t="s">
+        <v>869</v>
+      </c>
+      <c r="B649" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="650">
+      <c r="A650" t="s">
+        <v>870</v>
+      </c>
+      <c r="B650" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="651">
+      <c r="A651" t="s">
+        <v>871</v>
+      </c>
+      <c r="B651" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="652">
+      <c r="A652" t="s">
+        <v>872</v>
+      </c>
+      <c r="B652" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="653">
+      <c r="A653" t="s">
+        <v>874</v>
+      </c>
+      <c r="B653" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="654">
+      <c r="A654" t="s">
+        <v>875</v>
+      </c>
+      <c r="B654" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="655">
+      <c r="A655" t="s">
+        <v>876</v>
+      </c>
+      <c r="B655" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="656">
+      <c r="A656" t="s">
+        <v>877</v>
+      </c>
+      <c r="B656" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="657">
+      <c r="A657" t="s">
+        <v>878</v>
+      </c>
+      <c r="B657" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="658">
+      <c r="A658" t="s">
+        <v>879</v>
+      </c>
+      <c r="B658" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="659">
+      <c r="A659" t="s">
+        <v>880</v>
+      </c>
+      <c r="B659" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="660">
+      <c r="A660" t="s">
+        <v>881</v>
+      </c>
+      <c r="B660" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="661">
+      <c r="A661" t="s">
+        <v>882</v>
+      </c>
+      <c r="B661" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="662">
+      <c r="A662" t="s">
+        <v>883</v>
+      </c>
+      <c r="B662" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="663">
+      <c r="A663" t="s">
+        <v>884</v>
+      </c>
+      <c r="B663" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="664">
+      <c r="A664" t="s">
+        <v>886</v>
+      </c>
+      <c r="B664" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="665">
+      <c r="A665" t="s">
+        <v>887</v>
+      </c>
+      <c r="B665" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="666">
+      <c r="A666" t="s">
+        <v>889</v>
+      </c>
+      <c r="B666" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="667">
+      <c r="A667" t="s">
+        <v>890</v>
+      </c>
+      <c r="B667" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="668">
+      <c r="A668" t="s">
+        <v>891</v>
+      </c>
+      <c r="B668" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="669">
+      <c r="A669" t="s">
+        <v>892</v>
+      </c>
+      <c r="B669" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="670">
+      <c r="A670" t="s">
+        <v>893</v>
+      </c>
+      <c r="B670" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="671">
+      <c r="A671" t="s">
+        <v>894</v>
+      </c>
+      <c r="B671" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="672">
+      <c r="A672" t="s">
+        <v>895</v>
+      </c>
+      <c r="B672" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="673">
+      <c r="A673" t="s">
+        <v>896</v>
+      </c>
+      <c r="B673" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="674">
+      <c r="A674" t="s">
+        <v>897</v>
+      </c>
+      <c r="B674" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="675">
+      <c r="A675" t="s">
+        <v>898</v>
+      </c>
+      <c r="B675" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="676">
+      <c r="A676" t="s">
+        <v>900</v>
+      </c>
+      <c r="B676" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="677">
+      <c r="A677" t="s">
+        <v>901</v>
+      </c>
+      <c r="B677" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="678">
+      <c r="A678" t="s">
+        <v>902</v>
+      </c>
+      <c r="B678" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="679">
+      <c r="A679" t="s">
+        <v>903</v>
+      </c>
+      <c r="B679" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="680">
+      <c r="A680" t="s">
+        <v>904</v>
+      </c>
+      <c r="B680" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="681">
+      <c r="A681" t="s">
+        <v>905</v>
+      </c>
+      <c r="B681" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="682">
+      <c r="A682" t="s">
+        <v>906</v>
+      </c>
+      <c r="B682" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="683">
+      <c r="A683" t="s">
+        <v>907</v>
+      </c>
+      <c r="B683" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="684">
+      <c r="A684" t="s">
+        <v>908</v>
+      </c>
+      <c r="B684" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="685">
+      <c r="A685" t="s">
+        <v>909</v>
+      </c>
+      <c r="B685" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="686">
+      <c r="A686" t="s">
+        <v>911</v>
+      </c>
+      <c r="B686" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="687">
+      <c r="A687" t="s">
+        <v>912</v>
+      </c>
+      <c r="B687" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="688">
+      <c r="A688" t="s">
+        <v>914</v>
+      </c>
+      <c r="B688" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="689">
+      <c r="A689" t="s">
+        <v>915</v>
+      </c>
+      <c r="B689" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="690">
+      <c r="A690" t="s">
+        <v>916</v>
+      </c>
+      <c r="B690" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="691">
+      <c r="A691" t="s">
+        <v>917</v>
+      </c>
+      <c r="B691" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="692">
+      <c r="A692" t="s">
+        <v>918</v>
+      </c>
+      <c r="B692" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="693">
+      <c r="A693" t="s">
+        <v>919</v>
+      </c>
+      <c r="B693" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="694">
+      <c r="A694" t="s">
+        <v>921</v>
+      </c>
+      <c r="B694" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="695">
+      <c r="A695" t="s">
+        <v>922</v>
+      </c>
+      <c r="B695" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="696">
+      <c r="A696" t="s">
+        <v>923</v>
+      </c>
+      <c r="B696" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="697">
+      <c r="A697" t="s">
+        <v>924</v>
+      </c>
+      <c r="B697" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="698">
+      <c r="A698" t="s">
+        <v>925</v>
+      </c>
+      <c r="B698" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="699">
+      <c r="A699" t="s">
+        <v>927</v>
+      </c>
+      <c r="B699" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="700">
+      <c r="A700" t="s">
+        <v>928</v>
+      </c>
+      <c r="B700" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="701">
+      <c r="A701" t="s">
+        <v>929</v>
+      </c>
+      <c r="B701" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="702">
+      <c r="A702" t="s">
+        <v>930</v>
+      </c>
+      <c r="B702" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="703">
+      <c r="A703" t="s">
+        <v>931</v>
+      </c>
+      <c r="B703" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="704">
+      <c r="A704" t="s">
+        <v>933</v>
+      </c>
+      <c r="B704" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="705">
+      <c r="A705" t="s">
+        <v>934</v>
+      </c>
+      <c r="B705" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="706">
+      <c r="A706" t="s">
+        <v>935</v>
+      </c>
+      <c r="B706" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="707">
+      <c r="A707" t="s">
+        <v>936</v>
+      </c>
+      <c r="B707" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="708">
+      <c r="A708" t="s">
+        <v>937</v>
+      </c>
+      <c r="B708" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="709">
+      <c r="A709" t="s">
+        <v>938</v>
+      </c>
+      <c r="B709" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="710">
+      <c r="A710" t="s">
+        <v>939</v>
+      </c>
+      <c r="B710" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="711">
+      <c r="A711" t="s">
+        <v>940</v>
+      </c>
+      <c r="B711" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="712">
+      <c r="A712" t="s">
+        <v>941</v>
+      </c>
+      <c r="B712" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="713">
+      <c r="A713" t="s">
+        <v>942</v>
+      </c>
+      <c r="B713" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="714">
+      <c r="A714" t="s">
+        <v>944</v>
+      </c>
+      <c r="B714" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="715">
+      <c r="A715" t="s">
+        <v>946</v>
+      </c>
+      <c r="B715" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="716">
+      <c r="A716" t="s">
+        <v>947</v>
+      </c>
+      <c r="B716" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="717">
+      <c r="A717" t="s">
+        <v>948</v>
+      </c>
+      <c r="B717" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="718">
+      <c r="A718" t="s">
+        <v>949</v>
+      </c>
+      <c r="B718" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="719">
+      <c r="A719" t="s">
+        <v>951</v>
+      </c>
+      <c r="B719" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="720">
+      <c r="A720" t="s">
+        <v>953</v>
+      </c>
+      <c r="B720" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="721">
+      <c r="A721" t="s">
+        <v>954</v>
+      </c>
+      <c r="B721" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="722">
+      <c r="A722" t="s">
+        <v>955</v>
+      </c>
+      <c r="B722" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="723">
+      <c r="A723" t="s">
+        <v>957</v>
+      </c>
+      <c r="B723" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="724">
+      <c r="A724" t="s">
+        <v>958</v>
+      </c>
+      <c r="B724" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="725">
+      <c r="A725" t="s">
+        <v>960</v>
+      </c>
+      <c r="B725" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="726">
+      <c r="A726" t="s">
+        <v>961</v>
+      </c>
+      <c r="B726" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="727">
+      <c r="A727" t="s">
+        <v>963</v>
+      </c>
+      <c r="B727" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="728">
+      <c r="A728" t="s">
+        <v>964</v>
+      </c>
+      <c r="B728" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="729">
+      <c r="A729" t="s">
+        <v>965</v>
+      </c>
+      <c r="B729" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="730">
+      <c r="A730" t="s">
+        <v>966</v>
+      </c>
+      <c r="B730" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="731">
+      <c r="A731" t="s">
+        <v>967</v>
+      </c>
+      <c r="B731" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="732">
+      <c r="A732" t="s">
+        <v>968</v>
+      </c>
+      <c r="B732" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="733">
+      <c r="A733" t="s">
+        <v>969</v>
+      </c>
+      <c r="B733" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="734">
+      <c r="A734" t="s">
+        <v>970</v>
+      </c>
+      <c r="B734" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="735">
+      <c r="A735" t="s">
+        <v>971</v>
+      </c>
+      <c r="B735" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="736">
+      <c r="A736" t="s">
+        <v>972</v>
+      </c>
+      <c r="B736" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="737">
+      <c r="A737" t="s">
+        <v>973</v>
+      </c>
+      <c r="B737" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="738">
+      <c r="A738" t="s">
+        <v>974</v>
+      </c>
+      <c r="B738" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="739">
+      <c r="A739" t="s">
+        <v>975</v>
+      </c>
+      <c r="B739" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="740">
+      <c r="A740" t="s">
+        <v>976</v>
+      </c>
+      <c r="B740" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="741">
+      <c r="A741" t="s">
+        <v>977</v>
+      </c>
+      <c r="B741" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="742">
+      <c r="A742" t="s">
+        <v>978</v>
+      </c>
+      <c r="B742" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="743">
+      <c r="A743" t="s">
+        <v>979</v>
+      </c>
+      <c r="B743" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="744">
+      <c r="A744" t="s">
+        <v>980</v>
+      </c>
+      <c r="B744" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="745">
+      <c r="A745" t="s">
+        <v>981</v>
+      </c>
+      <c r="B745" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="746">
+      <c r="A746" t="s">
+        <v>982</v>
+      </c>
+      <c r="B746" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="747">
+      <c r="A747" t="s">
+        <v>984</v>
+      </c>
+      <c r="B747" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="748">
+      <c r="A748" t="s">
+        <v>985</v>
+      </c>
+      <c r="B748" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="749">
+      <c r="A749" t="s">
+        <v>986</v>
+      </c>
+      <c r="B749" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="750">
+      <c r="A750" t="s">
+        <v>987</v>
+      </c>
+      <c r="B750" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="751">
+      <c r="A751" t="s">
+        <v>988</v>
+      </c>
+      <c r="B751" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="752">
+      <c r="A752" t="s">
+        <v>990</v>
+      </c>
+      <c r="B752" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="753">
+      <c r="A753" t="s">
+        <v>992</v>
+      </c>
+      <c r="B753" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="754">
+      <c r="A754" t="s">
+        <v>994</v>
+      </c>
+      <c r="B754" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="755">
+      <c r="A755" t="s">
+        <v>995</v>
+      </c>
+      <c r="B755" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="756">
+      <c r="A756" t="s">
+        <v>997</v>
+      </c>
+      <c r="B756" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="757">
+      <c r="A757" t="s">
+        <v>998</v>
+      </c>
+      <c r="B757" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="758">
+      <c r="A758" t="s">
+        <v>999</v>
+      </c>
+      <c r="B758" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="759">
+      <c r="A759" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B759" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="760">
+      <c r="A760" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B760" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="761">
+      <c r="A761" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B761" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="762">
+      <c r="A762" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B762" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="763">
+      <c r="A763" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B763" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="764">
+      <c r="A764" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B764" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="765">
+      <c r="A765" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B765" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="766">
+      <c r="A766" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B766" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="767">
+      <c r="A767" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B767" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="768">
+      <c r="A768" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B768" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="769">
+      <c r="A769" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B769" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="770">
+      <c r="A770" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B770" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="771">
+      <c r="A771" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B771" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="772">
+      <c r="A772" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B772" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="773">
+      <c r="A773" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B773" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="774">
+      <c r="A774" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B774" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="775">
+      <c r="A775" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B775" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="776">
+      <c r="A776" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B776" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="777">
+      <c r="A777" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B777" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="778">
+      <c r="A778" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B778" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="779">
+      <c r="A779" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B779" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="780">
+      <c r="A780" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B780" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="781">
+      <c r="A781" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B781" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="782">
+      <c r="A782" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B782" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="783">
+      <c r="A783" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B783" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="784">
+      <c r="A784" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B784" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="785">
+      <c r="A785" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B785" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="786">
+      <c r="A786" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B786" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="787">
+      <c r="A787" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B787" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="788">
+      <c r="A788" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B788" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="789">
+      <c r="A789" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B789" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="790">
+      <c r="A790" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B790" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="791">
+      <c r="A791" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B791" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="792">
+      <c r="A792" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B792" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="793">
+      <c r="A793" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B793" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="794">
+      <c r="A794" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B794" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="795">
+      <c r="A795" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B795" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="796">
+      <c r="A796" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B796" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="797">
+      <c r="A797" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B797" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="798">
+      <c r="A798" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B798" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="799">
+      <c r="A799" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B799" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="800">
+      <c r="A800" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B800" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="801">
+      <c r="A801" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B801" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="802">
+      <c r="A802" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B802" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="803">
+      <c r="A803" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B803" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="804">
+      <c r="A804" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B804" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="805">
+      <c r="A805" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B805" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="806">
+      <c r="A806" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B806" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="807">
+      <c r="A807" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B807" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="808">
+      <c r="A808" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B808" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="809">
+      <c r="A809" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B809" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="810">
+      <c r="A810" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B810" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="811">
+      <c r="A811" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B811" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="812">
+      <c r="A812" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B812" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="813">
+      <c r="A813" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B813" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="814">
+      <c r="A814" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B814" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="815">
+      <c r="A815" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B815" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="816">
+      <c r="A816" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B816" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="817">
+      <c r="A817" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B817" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="818">
+      <c r="A818" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B818" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="819">
+      <c r="A819" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B819" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="820">
+      <c r="A820" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B820" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="821">
+      <c r="A821" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B821" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="822">
+      <c r="A822" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B822" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="823">
+      <c r="A823" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B823" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="824">
+      <c r="A824" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B824" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="825">
+      <c r="A825" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B825" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="826">
+      <c r="A826" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B826" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="827">
+      <c r="A827" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B827" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="828">
+      <c r="A828" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B828" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="829">
+      <c r="A829" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B829" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="830">
+      <c r="A830" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B830" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="831">
+      <c r="A831" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B831" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="832">
+      <c r="A832" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B832" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="833">
+      <c r="A833" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B833" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="834">
+      <c r="A834" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B834" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="835">
+      <c r="A835" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B835" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="836">
+      <c r="A836" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B836" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="837">
+      <c r="A837" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B837" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="838">
+      <c r="A838" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B838" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="839">
+      <c r="A839" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B839" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="840">
+      <c r="A840" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B840" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="841">
+      <c r="A841" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B841" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="842">
+      <c r="A842" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B842" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="843">
+      <c r="A843" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B843" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="844">
+      <c r="A844" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B844" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="845">
+      <c r="A845" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B845" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="846">
+      <c r="A846" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B846" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="847">
+      <c r="A847" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B847" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="848">
+      <c r="A848" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B848" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="849">
+      <c r="A849" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B849" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="850">
+      <c r="A850" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B850" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="851">
+      <c r="A851" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B851" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="852">
+      <c r="A852" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B852" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="853">
+      <c r="A853" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B853" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="854">
+      <c r="A854" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B854" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="855">
+      <c r="A855" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B855" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="856">
+      <c r="A856" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B856" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="857">
+      <c r="A857" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B857" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="858">
+      <c r="A858" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B858" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="859">
+      <c r="A859" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B859" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="860">
+      <c r="A860" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B860" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="861">
+      <c r="A861" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B861" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="862">
+      <c r="A862" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B862" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="863">
+      <c r="A863" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B863" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="864">
+      <c r="A864" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B864" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="865">
+      <c r="A865" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B865" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="866">
+      <c r="A866" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B866" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="867">
+      <c r="A867" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B867" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="868">
+      <c r="A868" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B868" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="869">
+      <c r="A869" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B869" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="870">
+      <c r="A870" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B870" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="871">
+      <c r="A871" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B871" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="872">
+      <c r="A872" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B872" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="873">
+      <c r="A873" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B873" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="874">
+      <c r="A874" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B874" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="875">
+      <c r="A875" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B875" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="876">
+      <c r="A876" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B876" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="877">
+      <c r="A877" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B877" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="878">
+      <c r="A878" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B878" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="879">
+      <c r="A879" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B879" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="880">
+      <c r="A880" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B880" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="881">
+      <c r="A881" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B881" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="882">
+      <c r="A882" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B882" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="883">
+      <c r="A883" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B883" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="884">
+      <c r="A884" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B884" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="885">
+      <c r="A885" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B885" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="886">
+      <c r="A886" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B886" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="887">
+      <c r="A887" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B887" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="888">
+      <c r="A888" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B888" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="889">
+      <c r="A889" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B889" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="890">
+      <c r="A890" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B890" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="891">
+      <c r="A891" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B891" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="892">
+      <c r="A892" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B892" t="s">
+        <v>1135</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>