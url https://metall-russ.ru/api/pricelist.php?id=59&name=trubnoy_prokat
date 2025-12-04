--- v0 (2025-10-18)
+++ v1 (2025-12-04)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="816" uniqueCount="816">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2051" uniqueCount="2051">
   <si>
     <t>Товар</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t xml:space="preserve">Труба б/y 1420x20 </t>
   </si>
   <si>
     <t>115115.00 руб.</t>
   </si>
   <si>
     <t>Труба г/д 38x4 - 12 метров</t>
   </si>
   <si>
     <t>148143.00 руб.</t>
   </si>
   <si>
     <t>Труба г/д 45x3.5 ст10 - 12 метров</t>
   </si>
   <si>
     <t>Труба электросварная нерж. 40x2 матовая 08Х18Н10 - 6 метров</t>
   </si>
   <si>
@@ -2457,50 +2457,3755 @@
     <t>1842.00 руб.</t>
   </si>
   <si>
     <t>Труба ВГП 25x3.2  - 6 метров</t>
   </si>
   <si>
     <t>864.00 руб.</t>
   </si>
   <si>
     <t>Труба ВГП 32x3.2  - 6 метров</t>
   </si>
   <si>
     <t>1068.00 руб.</t>
   </si>
   <si>
     <t>Труба ВГП 40x3  - 6 метров</t>
   </si>
   <si>
     <t>1116.00 руб.</t>
   </si>
   <si>
     <t>Труба ВГП 50x3  - 6 метров</t>
   </si>
   <si>
     <t>1434.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 57х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 57х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 76х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 76х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 89х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 89х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 1020х10 мм</t>
+  </si>
+  <si>
+    <t>95000.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 1020х12 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 1020х14 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 1020х9 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 108х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 108х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 114х4.5 мм</t>
+  </si>
+  <si>
+    <t>104500.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 1220х10 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 133х4 мм</t>
+  </si>
+  <si>
+    <t>65313.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 133х4.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 159х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 159х4.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 159х5 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 159х6 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 219х6 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 219х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 219х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 219х9 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 273х6 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 273х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 273х8 мм</t>
+  </si>
+  <si>
+    <t>66500.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 273х9 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 325х6 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 325х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 325х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 325х9 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 377х10 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 377х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 426х10 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 426х6 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 426х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 426х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 530х10 мм</t>
+  </si>
+  <si>
+    <t>80750.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 530х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 530х8 мм</t>
+  </si>
+  <si>
+    <t>73150.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 630х10 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 630х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 720х10 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 720х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 720х9 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 820х10 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 820х11 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 820х9 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 1220х12 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 1220х14 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 1420х15.7 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 1420х18.7 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС ЦПП 920х10 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС 57х3.5 мм</t>
+  </si>
+  <si>
+    <t>133000.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба ВУС 76х4 мм</t>
+  </si>
+  <si>
+    <t>57000.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба ВУС 89х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС 108х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС 108х4.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС 114х4.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС 133х4.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС 159х4.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС 219х6 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС 273х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС 325х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС 377х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС 426х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС 530х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ВУС 630х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ППМ 121 25х3.2 мм</t>
+  </si>
+  <si>
+    <t>609.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба ППМ 121 32х3.2 мм</t>
+  </si>
+  <si>
+    <t>Труба ППМ 121 40х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППМ 150 57х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППМ 150 76х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ППМ 180 89х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ППМ 180 108х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ППМ 205 133х4.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППМ 257 159х4.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППМ 309 219х6 мм</t>
+  </si>
+  <si>
+    <t>Труба ППМ 359 273х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ППМ 412 325х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ППМ 514 426х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ППМ 650 530х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 110 25х3.2 мм</t>
+  </si>
+  <si>
+    <t>2250.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 125 25х3.2 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ-1 25х3.2 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 125 32х3.2 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ-1 32х3.2 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 125 40х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 140 40х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ-1 40х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 125 57х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 140 57х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ-1 57х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 140 76х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 160 76х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ-1 76х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 160 89х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 160 89х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 180 89х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ-1 89х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 180 108х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 200 108х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ-1 108х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 225 133х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 225 133х4.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ-1 133х4.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 250 159х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 250 159х4.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ-1 159х4.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 315 219х6 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ-1 219х6 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 400 273х6 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 400 273х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 400 273х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ-1 273х6 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 450 325х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 500 377х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 560 426х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 560 426х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ 710 530х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 710 530х10 мм</t>
+  </si>
+  <si>
+    <t>1646.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ-1 325х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ-1 426х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ОЦ-1 530х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 110 25х3.2 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 125 25х3.2 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-1 25х3.2 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 125 32х3.2 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-1 32х3.2 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 125 40х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-1 40х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 125 57х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-1 57х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 140 76х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 140 76х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-1 76х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 160 89х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 160 89х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-1 89х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 180 108х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-1 108х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 225 133х4.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-1 133х4.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-1 159х4.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 315 219х6 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-1 219х6 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 400 273х6 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 400 273х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 400 273х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-1 273х6 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 450 325х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 450 325х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 500 377х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 500 377х9 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 560 426х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 560 426х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 710 530х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-1 325х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-1 426х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-1 530х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 125 25х3.2 мм с усилениями</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-Б-1 25х3.2 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 125 32х3.2 мм с усилениями</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-Б-1 32х3.2 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 125 40х3.5 мм с усилениями</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-Б-1 40х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 125 57х3.5 мм с усилениями</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-Б-1 57х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 140 76х4 мм с усилениями</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-Б-1 76х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 160 89х4 мм с усилениями</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-Б-1 89х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 180 108х4 мм с усилениями</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-Б-1 108х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 225 133х4.5 мм с усилениями</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-Б-1 133х4.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 250 159х4.5 мм с усилениями</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-Б-1 159х4.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 315 219х6 мм с усилениями</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-Б-1 219х6 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 400 273х7 мм с усилениями</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 450 325х7 мм с усилениями</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 560 426х7 мм с усилениями</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 710 530х7 мм с усилениями</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ 710 530х8 мм с усилениями</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-Б-1 273х6 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-Б-1 325х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-Б-1 426х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ППУ ПЭ-Б-1 530х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ЦПП 57х3.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ЦПП 76х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ЦПП 89х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ЦПП 108х4 мм</t>
+  </si>
+  <si>
+    <t>Труба ЦПП 114х4.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ЦПП 133х4.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ЦПП 159х4.5 мм</t>
+  </si>
+  <si>
+    <t>Труба ЦПП 219х6 мм</t>
+  </si>
+  <si>
+    <t>Труба ЦПП 273х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ЦПП 325х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ЦПП 377х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ЦПП 426х7 мм</t>
+  </si>
+  <si>
+    <t>Труба ЦПП 530х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ЦПП 630х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ЦПП 720х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ЦПП 820х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ЦПП 920х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ЦПП 1020х8 мм</t>
+  </si>
+  <si>
+    <t>Труба ЦПП 1220х10 мм</t>
+  </si>
+  <si>
+    <t>Труба ЦПП 1420х10 мм</t>
+  </si>
+  <si>
+    <t>Труба ЦПП 1620х10 мм</t>
+  </si>
+  <si>
+    <t>Труба чугунная канализационная Ду 50 безнапорная 1000 мм</t>
+  </si>
+  <si>
+    <t>639.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба чугунная канализационная Ду 50 безнапорная 2000 мм</t>
+  </si>
+  <si>
+    <t>1040.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба чугунная канализационная Ду 100 безнапорная 1000 мм</t>
+  </si>
+  <si>
+    <t>1300.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба чугунная канализационная Ду 100 безнапорная 2000 мм</t>
+  </si>
+  <si>
+    <t>1940.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба чугунная канализационная Ду 150 безнапорная 1000 мм</t>
+  </si>
+  <si>
+    <t>2200.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба чугунная канализационная Ду 150 безнапорная 2000 мм</t>
+  </si>
+  <si>
+    <t>3230.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба чугунная ВЧШГ Ду 80</t>
+  </si>
+  <si>
+    <t>11700.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба чугунная ВЧШГ Ду 100</t>
+  </si>
+  <si>
+    <t>12671.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба чугунная ВЧШГ Ду 150</t>
+  </si>
+  <si>
+    <t>17120.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба чугунная ВЧШГ Ду 200</t>
+  </si>
+  <si>
+    <t>22927.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба чугунная ВЧШГ Ду 250</t>
+  </si>
+  <si>
+    <t>17056.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба чугунная ВЧШГ Ду 300</t>
+  </si>
+  <si>
+    <t>38172.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба чугунная ТЧК-100 L=1 м</t>
+  </si>
+  <si>
+    <t>4004.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба чугунная ТЧК-50 L=2 м</t>
+  </si>
+  <si>
+    <t>2987.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба чугунная ТЧК-50 L=1 м</t>
+  </si>
+  <si>
+    <t>2563.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба чугунная ТЧК-100 L=2 м</t>
+  </si>
+  <si>
+    <t>4675.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба чугунная ТЧК-150 L=2 м</t>
+  </si>
+  <si>
+    <t>7810.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба чугунная ТЧК-150 L=1 м</t>
+  </si>
+  <si>
+    <t>6694.00 руб.</t>
+  </si>
+  <si>
+    <t>Чугунная труба напорная раструбная 65 мм ЧНР ГОСТ 9583-75</t>
+  </si>
+  <si>
+    <t>14152.00 руб.</t>
+  </si>
+  <si>
+    <t>Чугунная труба напорная раструбная 80 мм ЧНР ГОСТ 9583-75</t>
+  </si>
+  <si>
+    <t>18759.00 руб.</t>
+  </si>
+  <si>
+    <t>Чугунная труба напорная раструбная 100 мм ЧНР ГОСТ 9583-75</t>
+  </si>
+  <si>
+    <t>22458.00 руб.</t>
+  </si>
+  <si>
+    <t>Чугунная труба напорная раструбная 125 мм ЧНР ГОСТ 9583-75</t>
+  </si>
+  <si>
+    <t>27580.00 руб.</t>
+  </si>
+  <si>
+    <t>Чугунная труба напорная раструбная 150 мм ЧНР ГОСТ 9583-75</t>
+  </si>
+  <si>
+    <t>30715.00 руб.</t>
+  </si>
+  <si>
+    <t>Чугунная труба напорная раструбная 200 мм ЧНР ГОСТ 9583-75</t>
+  </si>
+  <si>
+    <t>43250.00 руб.</t>
+  </si>
+  <si>
+    <t>Чугунная труба напорная раструбная 250 мм ЧНР ГОСТ 9583-75</t>
+  </si>
+  <si>
+    <t>54250.00 руб.</t>
+  </si>
+  <si>
+    <t>Чугунная труба напорная раструбная 300 мм ЧНР ГОСТ 9583-75</t>
+  </si>
+  <si>
+    <t>67977.00 руб.</t>
+  </si>
+  <si>
+    <t>Чугунная труба напорная раструбная 350 мм ЧНР ГОСТ 9583-75</t>
+  </si>
+  <si>
+    <t>87850.00 руб.</t>
+  </si>
+  <si>
+    <t>Чугунная труба напорная раструбная 400 мм ЧНР ГОСТ 9583-75</t>
+  </si>
+  <si>
+    <t>105215.00 руб.</t>
+  </si>
+  <si>
+    <t>Чугунная труба напорная раструбная 500 мм ЧНР ГОСТ 9583-75</t>
+  </si>
+  <si>
+    <t>139250.00 руб.</t>
+  </si>
+  <si>
+    <t>Чугунная труба напорная раструбная 600 мм ЧНР ГОСТ 9583-75</t>
+  </si>
+  <si>
+    <t>198140.00 руб.</t>
+  </si>
+  <si>
+    <t>Чугунная труба напорная раструбная 700 мм ЧНР ГОСТ 9583-75</t>
+  </si>
+  <si>
+    <t>253450.00 руб.</t>
+  </si>
+  <si>
+    <t>Чугунная труба напорная раструбная 800 мм ЧНР ГОСТ 9583-75</t>
+  </si>
+  <si>
+    <t>320880.00 руб.</t>
+  </si>
+  <si>
+    <t>Чугунная труба напорная раструбная 900 мм ЧНР ГОСТ 9583-75</t>
+  </si>
+  <si>
+    <t>385120.00 руб.</t>
+  </si>
+  <si>
+    <t>Чугунная труба напорная раструбная 1000 мм ЧНР ГОСТ 9583-75</t>
+  </si>
+  <si>
+    <t>401500.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 6х1.5 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>150.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 6х1.5 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 9х1.5 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 9х1.5 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 10х2 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>155.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 14х1.5 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>160.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 14х2.5 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 14х1.5 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 14х2 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 14х2.5 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 18х1.5 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>165.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 18х2 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 18х2.5 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 18х4 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 18х1.5 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 22х3 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>170.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 22х3.5 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 22х4 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 22х2 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 22х3 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 22х3.5 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 25х2 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>175.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 25х3 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 25х4 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 25х5 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 28х1.5 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>180.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 28х3.5 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 28х4 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 32х1.5 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>190.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 32х2 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 32х3 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 32х3.5 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 32х1.5 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 32х2 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 38х1.5 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>200.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 38х2 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 38х2.5 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 38х3.5 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 42х5 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>205.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 45х2.5 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>210.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 45х5 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 45х2 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 45х2.5 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 45х5 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 50х2 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>215.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 50х5 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 63.5 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>225.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 63.5 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 68 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>230.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 70 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>235.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 76 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>240.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 83 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>245.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 100 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>250.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 127 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>255.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 133 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>260.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 140 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>270.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 146 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>265.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 165 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 165 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 219 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 6х1.5 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 10х2 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 14х2 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 14х2.5 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 14х1.5 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 14х2 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 14х2.5 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 18х2.5 мм Ст10</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 18х3 мм Ст10</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 18х4 мм Ст10</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 18х1.5 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 18х2 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 18х3 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 18х4 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 22х2 мм Ст10</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 22х2 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 22х3 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 25х2 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 25х2.5 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 25х3 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 25х4 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 25х2.5 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 25х3 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 25х4 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 25х5 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 28х2 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 28х3.5 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 28х4 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 32х3.5 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 32х4 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 32х4 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 32х1.5 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 38х1.5 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 38х2 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 38х1.5 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 38х2 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 38х2.5 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 42х2 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 42х5 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 45х2 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 45х2.5 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 50х5 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 55х2.5 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>220.00 руб.</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 55х2.5 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 63.5 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 68 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 70 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 70 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 76 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 100 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 100 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 127 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 133 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 140 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 140 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 146 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 146 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 178 мм Ст10-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 180 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 180 мм 12ХН3А-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 6х1.5 мм Ст10</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 9х1.5 мм Ст10</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 10х2 мм Ст10</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 14х1.5 мм Ст10</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 18х2 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 18х2.5 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 18х3 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 18х4 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 22х4 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 22х3 мм Ст10</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 22х3.5 мм Ст10</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 22х4 мм Ст10</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 25х2 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 25х2.5 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 25х3 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 25х5 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 25х2 мм Ст10</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 28х1.5 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 28х2 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 28х3.5 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 32х3 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 32х3.5 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 32х4 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 38х1.5 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 38х2.5 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 38х3.5 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 42х2 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 42х5 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 50х2 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 50х5 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 55х2.5 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 68 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 83 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 100 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 127 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 133 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 146 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 178 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 180 мм Ст20-М3Р</t>
+  </si>
+  <si>
+    <t>Биметаллическая труба 219 мм 12ХН3А</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 102x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>150100.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 102x10 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 102x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 102x16 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 102x16 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 102x18 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 102x20 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 102x22 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 102x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>164350.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 102x4.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 102x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 102x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 102x8 мм Ст10</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 102x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 108x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 108x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 108x14 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 108x16 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 108x18 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 108x20 мм Ст20</t>
+  </si>
+  <si>
+    <t>129200.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 108x20 мм Ст35</t>
+  </si>
+  <si>
+    <t>169100.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 108x25 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 108x28 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 108x4 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 108x4 мм Ст10</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 108x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 108x4.5 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 108x4.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 108x5 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>154850.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 108x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 108x6 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 108x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 108x7 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 108x8 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 108x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 108x9 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 114x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 114x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 114x4.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 114x5 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 114x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 114x6 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 114x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 114x7 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 114x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 114x9 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 121x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 121x14 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 121x14 мм 30ХГСА</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 121x16 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 121x16 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 121x18 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 121x20 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 121x24 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 121x25 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 121x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 121x6 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 121x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 121x8 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 127x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 127x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 127x12 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 127x16 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 127x18 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 127x18 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 127x20 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 127x25 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 127x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 127x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>114000.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 127x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 127x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 133x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>109250.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 133x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 133x13 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 133x14 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 133x22 мм 30ХГСА</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 133x25 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 133x28 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 133x30 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 133x32 мм Ст45</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 133x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 133x4.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 133x5 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 133x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 133x6 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 133x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 133x7 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 133x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 140x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 140x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 140x20 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 140x22 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 140x24 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 140x28 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 140x4.5 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 140x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 140x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 140x6.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 140x8 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 140x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>118750.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 146x10 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 146x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 146x18 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 146x25 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 146x28 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 146x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 146x6 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 146x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 146x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 152x14 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 152x18 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 152x22 мм 30ХГСА</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 152x36 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 152x40 мм Ст20</t>
+  </si>
+  <si>
+    <t>119700.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 152x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 152x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 152x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 159x10 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 159x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 159x12 мм Ст10</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 159x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 159x16 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 159x18 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 159x20 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 159x36 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 159x4.5 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 159x4.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>159600.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 159x4.5 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 159x5 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 159x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 159x6 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 159x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 159x7 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 159x8 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 159x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 159x9 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 162x4.5 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 168x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 168x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 168x16 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 168x18 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 168x25 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 168x36 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 168x40 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 168x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 168x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 168x7 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 168x8 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 168x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 168x9 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 180x14 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 180x14 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 180x16 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 180x20 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 180x20 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 180x22 мм 30ХГСА</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 180x30 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 180x6 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 180x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 180x8 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 180x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 194x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 194x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 194x16 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 194x22 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 194x25 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 194x25 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 194x32 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 194x6 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 194x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 194x7 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 194x8 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 194x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 203x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 203x10 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 203x12 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 203x18 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 203x20 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 203x45 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 203x6 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 203x8 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 203x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 219x10 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 219x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 219x12 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 219x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 219x14 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 219x14 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 219x16 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 219x16 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 219x18 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 219x20 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 219x25 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 219x30 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 219x6 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 219x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 219x7 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 219x7 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 219x8 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 219x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 219x9 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 22x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 245x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 245x10 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 245x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 245x30 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 245x32 мм 30ХГСА</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 245x8 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 245x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 273x10 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 273x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 273x11 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 273x12 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 273x12 мм Ст10</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 273x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 273x12 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 273x14 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 273x16 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 273x20 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 273x30 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 273x32 мм 30ХГСА</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 273x32 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 273x36 мм 30ХГСА</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 273x36 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 273x45 мм 30ХГСА</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 273x7 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 273x7 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 273x8 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 273x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 273x9 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 28x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 299x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 299x20 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 299x25 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 299x28 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 299x36 мм 30ХГСА</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 299x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 325x10 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 325x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 325x12 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 325x12 мм Ст10</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 325x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 325x14 мм Ст20</t>
+  </si>
+  <si>
+    <t>141550.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 325x16 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 325x18 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 325x30 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 325x36 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 325x45 мм 30ХГСА</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 325x50 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 325x50 мм 30ХГСА</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 325x8 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 325x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 325x9 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 325x9 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 32x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 32x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>171950.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 32x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 351x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 351x30 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 351x30 мм Ст20</t>
+  </si>
+  <si>
+    <t>143450.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 351x40 мм 30ХГСА</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 351x56 мм 30ХГСА</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 351x70 мм 30ХГСА</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 351x8 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 377x10 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 377x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 377x12 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 377x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 377x14 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 377x16 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 377x18 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 377x36 мм 30ХГСА</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 377x9 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 377x9 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 38x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>173850.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 38x3.2 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 38x3.2 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 38x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 38x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>136800.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 38x5 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 40x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 426x10 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 426x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 426x12 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 426x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 426x14 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 426x16 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 426x20 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 426x9 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 426x9 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 42x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 42x3.2 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 42x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 42x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>162450.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 42x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 45x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 45x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 45x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 45x4.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 45x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 48x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 48x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 50x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 51x2.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 51x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 51x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 51x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 51x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 530x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>213750.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 530x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>242250.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 530x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 57x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 57x11 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 57x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 57x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 57x3.2 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 57x3.5 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>178600.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 57x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 57x4 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 57x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 57x4.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 57x5 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 57x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 57x6 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 57x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>147250.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 57x7 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 57x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 60x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 60x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 60x14 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 60x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 60x3.2 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 60x3.5 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 60x3.5 мм Ст10</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 60x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 60x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 60x5 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 60x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 60x6 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 60x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 60x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 63.5x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 63.5x10 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 63.5x14 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 63.5x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 63.5x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 68x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>123500.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 68x12 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 68x14 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 68x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 68x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 70x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 70x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 70x14 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 70x16 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 70x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 70x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 70x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 70x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 73x10 мм 40Х</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 73x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 73x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 73x14 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 73x16 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 73x16 мм Ст45</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 73x19 мм Ст45</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 73x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 73x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 73x5 мм Ст45</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 73x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 76x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 76x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 76x15 мм Ст20</t>
+  </si>
+  <si>
+    <t>138700.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 76x16 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 76x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 76x3.5 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 76x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 76x4 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 76x4 мм Ст10</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 76x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 76x4.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 76x5 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 76x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 76x6 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 76x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 76x7 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 76x8 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 76x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 83x10 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 83x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 83x14 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 83x16 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 83x16 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 83x16 мм Ст45</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 83x18 мм 40Х</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 83x18 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 83x18 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 83x20 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 83x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 83x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 83x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>135850.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 83x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 89x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 89x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 89x14 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 89x16 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 89x18 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 89x20 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 89x24 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 89x3.5 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 89x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 89x4 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 89x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 89x4.5 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 89x4.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 89x5 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 89x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 89x5 мм Ст45</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 89x6 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 89x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 89x7 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 89x8 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 89x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 95x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 95x10 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 95x12 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 95x14 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 95x20 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 95x22 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 95x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 95x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная горячедеформированная 95x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 108x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 108x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 10x2 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 12x1 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 12x2 мм Ст20</t>
+  </si>
+  <si>
+    <t>375250.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 12x2 мм Ст45</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 12x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 14x1.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 14x2 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 14x2 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 14x2.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 14x3 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 14x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 15x2 мм Ст20</t>
+  </si>
+  <si>
+    <t>280250.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 15x2.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 15x3 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 15x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 15x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 16x2 мм Ст20</t>
+  </si>
+  <si>
+    <t>378575.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 16x2.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 16x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 16x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 18x2 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 18x2 мм Ст20</t>
+  </si>
+  <si>
+    <t>344375.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 18x3 мм Ст10</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 18x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 18x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 20x1.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 20x2 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 20x2.5 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 20x2.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>315875.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 20x3 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 20x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>236550.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 20x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 20x4 мм Ст10</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 20x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 20x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 22x1.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 22x2 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 22x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>287375.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 22x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 22x4 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 22x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>264575.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 25x2 мм Ст20</t>
+  </si>
+  <si>
+    <t>296875.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 25x2.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>268375.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 25x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>249375.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 25x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>245575.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 25x4 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 25x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 25x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>239875.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 26x2 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 26x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 26x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 27x2 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 27x2.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 27x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 27x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 28x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>236075.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 28x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 28x4 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 28x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>226575.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 30x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 30x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>221825.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 30x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>217075.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 32x2 мм Ст20</t>
+  </si>
+  <si>
+    <t>277875.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 32x2.5 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 32x2.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 32x3 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 32x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>230375.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 32x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 32x4 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 32x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>220875.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 32x4.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 32x5 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 32x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 32x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 34x2 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 34x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 34x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 34x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 34x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 35x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 36x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 36x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>201875.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 36x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 38x2 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 38x2 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 38x2.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>198075.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 38x3 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>251275.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 38x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 38x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 38x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 38x4.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 38x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 38x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 38x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 40x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>185250.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 40x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 40x4 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 40x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 40x4.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 40x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>161500.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 42x2.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 42x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>180500.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 42x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 42x4 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 42x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>192375.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 42x5 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 42x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 42x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 42x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 42x9 мм Ст20</t>
+  </si>
+  <si>
+    <t>188575.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 45x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 45x2.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 45x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 45x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 45x4 мм Ст10</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 45x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 45x5.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>152000.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 45x6 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 45x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 45x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 48x10 мм Ст35</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 48x2.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 48x3 мм Ст10</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 48x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>197125.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 48x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 48x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 48x5 мм 09Г2С</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 48x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 48x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 48x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 50x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>197600.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 50x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 50x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 50x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 50x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 50x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 50x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 51x2.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 51x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 51x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 51x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 51x7 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 54x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 54x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 57x2.5 мм Ст10</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 57x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 57x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>179550.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 60x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>193325.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 7x2.5 мм Ст20А</t>
+  </si>
+  <si>
+    <t>Труба бесшовная холоднодеформированная 90x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 102x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>209000.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба котельная 108x11 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>294500.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба котельная 108x4.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 108x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 108x6 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 108x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 133x10 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 133x13 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 133x13 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 133x17 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 133x17 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 133x20 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>313500.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба котельная 133x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 159x15 мм Ст20</t>
+  </si>
+  <si>
+    <t>237500.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба котельная 159x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>228000.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба котельная 159x7 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 159x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 159x9 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 168x14 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>323000.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба котельная 168x20 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>332500.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба котельная 16x2.5 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>142500.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба котельная 16x2.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>134900.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба котельная 16x3 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 16x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 18x3 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 194x16 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 194x30 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 194x7 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 219x20 мм Ст20</t>
+  </si>
+  <si>
+    <t>256500.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба котельная 219x32 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>342000.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба котельная 219x32 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 219x36 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 219x36 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 219x40 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>351500.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба котельная 219x40 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 219x8 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 245x20 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 25x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>140600.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба котельная 25x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 273x10 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 273x20 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 273x22 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 273x24 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 273x24 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 273x32 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 273x32 мм 15Х1М1Ф</t>
+  </si>
+  <si>
+    <t>356250.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба котельная 273x36 мм 15Х1М1Ф</t>
+  </si>
+  <si>
+    <t>Труба котельная 28x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 28x3.5 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 28x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 28x4 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 28x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 28x4.5 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 325x28 мм 15ГС</t>
+  </si>
+  <si>
+    <t>275500.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба котельная 325x38 мм 15Х1М1Ф</t>
+  </si>
+  <si>
+    <t>361000.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба котельная 325x50 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 325x50 мм 15Х1М1Ф</t>
+  </si>
+  <si>
+    <t>Труба котельная 32x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 32x4 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 32x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 32x4.5 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 32x5 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 32x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 32x6 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>156750.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба котельная 32x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 36x5 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 36x6 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 38x3 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 38x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 38x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 38x4.5 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 38x5 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 38x6 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 38x7 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 42x4 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 42x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 42x5 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 42x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 42x6 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 51x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 57x10 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>190000.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба котельная 57x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 57x4 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 57x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 57x5 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 57x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 57x6 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 60x3.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 60x4 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 60x4.5 мм Ст20-ПВ</t>
+  </si>
+  <si>
+    <t>Труба котельная 60x5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 60x5.5 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 60x5.5 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 60x6 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 60x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 76x13 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>247000.00 руб.</t>
+  </si>
+  <si>
+    <t>Труба котельная 76x6 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 76x6 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 76x7 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 76x7 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 76x9 мм Ст20</t>
+  </si>
+  <si>
+    <t>Труба котельная 89x13 мм 12Х1МФ</t>
+  </si>
+  <si>
+    <t>Труба котельная 89x6 мм Ст20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
@@ -2522,51 +6227,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B454"/>
+  <dimension ref="A1:B1546"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="1"/>
     <col min="2" max="2" width="15" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>4</v>
       </c>
@@ -6158,50 +9863,8786 @@
         <v>809</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" t="s">
         <v>810</v>
       </c>
       <c r="B452" t="s">
         <v>811</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" t="s">
         <v>812</v>
       </c>
       <c r="B453" t="s">
         <v>813</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" t="s">
         <v>814</v>
       </c>
       <c r="B454" t="s">
         <v>815</v>
+      </c>
+    </row>
+    <row r="455">
+      <c r="A455" t="s">
+        <v>816</v>
+      </c>
+      <c r="B455" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456" t="s">
+        <v>817</v>
+      </c>
+      <c r="B456" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457" t="s">
+        <v>818</v>
+      </c>
+      <c r="B457" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="458">
+      <c r="A458" t="s">
+        <v>819</v>
+      </c>
+      <c r="B458" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="459">
+      <c r="A459" t="s">
+        <v>820</v>
+      </c>
+      <c r="B459" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="460">
+      <c r="A460" t="s">
+        <v>821</v>
+      </c>
+      <c r="B460" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="461">
+      <c r="A461" t="s">
+        <v>822</v>
+      </c>
+      <c r="B461" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="462">
+      <c r="A462" t="s">
+        <v>824</v>
+      </c>
+      <c r="B462" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="463">
+      <c r="A463" t="s">
+        <v>825</v>
+      </c>
+      <c r="B463" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="464">
+      <c r="A464" t="s">
+        <v>826</v>
+      </c>
+      <c r="B464" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="465">
+      <c r="A465" t="s">
+        <v>827</v>
+      </c>
+      <c r="B465" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="466">
+      <c r="A466" t="s">
+        <v>828</v>
+      </c>
+      <c r="B466" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="467">
+      <c r="A467" t="s">
+        <v>829</v>
+      </c>
+      <c r="B467" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="468">
+      <c r="A468" t="s">
+        <v>831</v>
+      </c>
+      <c r="B468" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="469">
+      <c r="A469" t="s">
+        <v>832</v>
+      </c>
+      <c r="B469" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="470">
+      <c r="A470" t="s">
+        <v>834</v>
+      </c>
+      <c r="B470" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="471">
+      <c r="A471" t="s">
+        <v>835</v>
+      </c>
+      <c r="B471" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="472">
+      <c r="A472" t="s">
+        <v>836</v>
+      </c>
+      <c r="B472" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="473">
+      <c r="A473" t="s">
+        <v>837</v>
+      </c>
+      <c r="B473" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="474">
+      <c r="A474" t="s">
+        <v>838</v>
+      </c>
+      <c r="B474" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="475">
+      <c r="A475" t="s">
+        <v>839</v>
+      </c>
+      <c r="B475" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="476">
+      <c r="A476" t="s">
+        <v>840</v>
+      </c>
+      <c r="B476" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="477">
+      <c r="A477" t="s">
+        <v>841</v>
+      </c>
+      <c r="B477" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="478">
+      <c r="A478" t="s">
+        <v>842</v>
+      </c>
+      <c r="B478" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="479">
+      <c r="A479" t="s">
+        <v>843</v>
+      </c>
+      <c r="B479" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="480">
+      <c r="A480" t="s">
+        <v>844</v>
+      </c>
+      <c r="B480" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="481">
+      <c r="A481" t="s">
+        <v>845</v>
+      </c>
+      <c r="B481" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="482">
+      <c r="A482" t="s">
+        <v>847</v>
+      </c>
+      <c r="B482" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="483">
+      <c r="A483" t="s">
+        <v>848</v>
+      </c>
+      <c r="B483" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="484">
+      <c r="A484" t="s">
+        <v>849</v>
+      </c>
+      <c r="B484" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="485">
+      <c r="A485" t="s">
+        <v>850</v>
+      </c>
+      <c r="B485" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="486">
+      <c r="A486" t="s">
+        <v>851</v>
+      </c>
+      <c r="B486" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="487">
+      <c r="A487" t="s">
+        <v>852</v>
+      </c>
+      <c r="B487" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="488">
+      <c r="A488" t="s">
+        <v>853</v>
+      </c>
+      <c r="B488" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="489">
+      <c r="A489" t="s">
+        <v>854</v>
+      </c>
+      <c r="B489" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="490">
+      <c r="A490" t="s">
+        <v>855</v>
+      </c>
+      <c r="B490" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="491">
+      <c r="A491" t="s">
+        <v>856</v>
+      </c>
+      <c r="B491" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="492">
+      <c r="A492" t="s">
+        <v>857</v>
+      </c>
+      <c r="B492" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="493">
+      <c r="A493" t="s">
+        <v>858</v>
+      </c>
+      <c r="B493" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="494">
+      <c r="A494" t="s">
+        <v>860</v>
+      </c>
+      <c r="B494" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="495">
+      <c r="A495" t="s">
+        <v>861</v>
+      </c>
+      <c r="B495" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="496">
+      <c r="A496" t="s">
+        <v>863</v>
+      </c>
+      <c r="B496" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="497">
+      <c r="A497" t="s">
+        <v>864</v>
+      </c>
+      <c r="B497" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="498">
+      <c r="A498" t="s">
+        <v>865</v>
+      </c>
+      <c r="B498" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="499">
+      <c r="A499" t="s">
+        <v>866</v>
+      </c>
+      <c r="B499" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="500">
+      <c r="A500" t="s">
+        <v>867</v>
+      </c>
+      <c r="B500" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="501">
+      <c r="A501" t="s">
+        <v>868</v>
+      </c>
+      <c r="B501" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="502">
+      <c r="A502" t="s">
+        <v>869</v>
+      </c>
+      <c r="B502" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="503">
+      <c r="A503" t="s">
+        <v>870</v>
+      </c>
+      <c r="B503" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="504">
+      <c r="A504" t="s">
+        <v>871</v>
+      </c>
+      <c r="B504" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="505">
+      <c r="A505" t="s">
+        <v>872</v>
+      </c>
+      <c r="B505" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="506">
+      <c r="A506" t="s">
+        <v>873</v>
+      </c>
+      <c r="B506" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="507">
+      <c r="A507" t="s">
+        <v>874</v>
+      </c>
+      <c r="B507" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="508">
+      <c r="A508" t="s">
+        <v>875</v>
+      </c>
+      <c r="B508" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="509">
+      <c r="A509" t="s">
+        <v>876</v>
+      </c>
+      <c r="B509" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="510">
+      <c r="A510" t="s">
+        <v>878</v>
+      </c>
+      <c r="B510" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="511">
+      <c r="A511" t="s">
+        <v>880</v>
+      </c>
+      <c r="B511" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="512">
+      <c r="A512" t="s">
+        <v>881</v>
+      </c>
+      <c r="B512" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="513">
+      <c r="A513" t="s">
+        <v>882</v>
+      </c>
+      <c r="B513" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="514">
+      <c r="A514" t="s">
+        <v>883</v>
+      </c>
+      <c r="B514" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="515">
+      <c r="A515" t="s">
+        <v>884</v>
+      </c>
+      <c r="B515" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="516">
+      <c r="A516" t="s">
+        <v>885</v>
+      </c>
+      <c r="B516" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="517">
+      <c r="A517" t="s">
+        <v>886</v>
+      </c>
+      <c r="B517" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="518">
+      <c r="A518" t="s">
+        <v>887</v>
+      </c>
+      <c r="B518" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="519">
+      <c r="A519" t="s">
+        <v>888</v>
+      </c>
+      <c r="B519" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="520">
+      <c r="A520" t="s">
+        <v>889</v>
+      </c>
+      <c r="B520" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="521">
+      <c r="A521" t="s">
+        <v>890</v>
+      </c>
+      <c r="B521" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="522">
+      <c r="A522" t="s">
+        <v>891</v>
+      </c>
+      <c r="B522" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="523">
+      <c r="A523" t="s">
+        <v>892</v>
+      </c>
+      <c r="B523" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="524">
+      <c r="A524" t="s">
+        <v>893</v>
+      </c>
+      <c r="B524" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="525">
+      <c r="A525" t="s">
+        <v>895</v>
+      </c>
+      <c r="B525" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="526">
+      <c r="A526" t="s">
+        <v>896</v>
+      </c>
+      <c r="B526" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="527">
+      <c r="A527" t="s">
+        <v>897</v>
+      </c>
+      <c r="B527" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="528">
+      <c r="A528" t="s">
+        <v>898</v>
+      </c>
+      <c r="B528" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="529">
+      <c r="A529" t="s">
+        <v>899</v>
+      </c>
+      <c r="B529" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="530">
+      <c r="A530" t="s">
+        <v>900</v>
+      </c>
+      <c r="B530" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="531">
+      <c r="A531" t="s">
+        <v>901</v>
+      </c>
+      <c r="B531" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="532">
+      <c r="A532" t="s">
+        <v>902</v>
+      </c>
+      <c r="B532" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="533">
+      <c r="A533" t="s">
+        <v>903</v>
+      </c>
+      <c r="B533" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="534">
+      <c r="A534" t="s">
+        <v>904</v>
+      </c>
+      <c r="B534" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="535">
+      <c r="A535" t="s">
+        <v>905</v>
+      </c>
+      <c r="B535" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="536">
+      <c r="A536" t="s">
+        <v>906</v>
+      </c>
+      <c r="B536" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="537">
+      <c r="A537" t="s">
+        <v>907</v>
+      </c>
+      <c r="B537" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="538">
+      <c r="A538" t="s">
+        <v>908</v>
+      </c>
+      <c r="B538" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="539">
+      <c r="A539" t="s">
+        <v>910</v>
+      </c>
+      <c r="B539" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="540">
+      <c r="A540" t="s">
+        <v>911</v>
+      </c>
+      <c r="B540" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="541">
+      <c r="A541" t="s">
+        <v>912</v>
+      </c>
+      <c r="B541" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="542">
+      <c r="A542" t="s">
+        <v>913</v>
+      </c>
+      <c r="B542" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="543">
+      <c r="A543" t="s">
+        <v>914</v>
+      </c>
+      <c r="B543" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="544">
+      <c r="A544" t="s">
+        <v>915</v>
+      </c>
+      <c r="B544" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="545">
+      <c r="A545" t="s">
+        <v>916</v>
+      </c>
+      <c r="B545" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="546">
+      <c r="A546" t="s">
+        <v>917</v>
+      </c>
+      <c r="B546" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="547">
+      <c r="A547" t="s">
+        <v>918</v>
+      </c>
+      <c r="B547" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="548">
+      <c r="A548" t="s">
+        <v>919</v>
+      </c>
+      <c r="B548" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="549">
+      <c r="A549" t="s">
+        <v>920</v>
+      </c>
+      <c r="B549" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="550">
+      <c r="A550" t="s">
+        <v>921</v>
+      </c>
+      <c r="B550" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="551">
+      <c r="A551" t="s">
+        <v>922</v>
+      </c>
+      <c r="B551" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="552">
+      <c r="A552" t="s">
+        <v>923</v>
+      </c>
+      <c r="B552" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="553">
+      <c r="A553" t="s">
+        <v>924</v>
+      </c>
+      <c r="B553" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="554">
+      <c r="A554" t="s">
+        <v>925</v>
+      </c>
+      <c r="B554" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="555">
+      <c r="A555" t="s">
+        <v>926</v>
+      </c>
+      <c r="B555" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="556">
+      <c r="A556" t="s">
+        <v>927</v>
+      </c>
+      <c r="B556" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="557">
+      <c r="A557" t="s">
+        <v>928</v>
+      </c>
+      <c r="B557" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="558">
+      <c r="A558" t="s">
+        <v>929</v>
+      </c>
+      <c r="B558" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="559">
+      <c r="A559" t="s">
+        <v>930</v>
+      </c>
+      <c r="B559" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="560">
+      <c r="A560" t="s">
+        <v>931</v>
+      </c>
+      <c r="B560" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="561">
+      <c r="A561" t="s">
+        <v>932</v>
+      </c>
+      <c r="B561" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="562">
+      <c r="A562" t="s">
+        <v>933</v>
+      </c>
+      <c r="B562" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="563">
+      <c r="A563" t="s">
+        <v>934</v>
+      </c>
+      <c r="B563" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="564">
+      <c r="A564" t="s">
+        <v>935</v>
+      </c>
+      <c r="B564" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="565">
+      <c r="A565" t="s">
+        <v>936</v>
+      </c>
+      <c r="B565" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="566">
+      <c r="A566" t="s">
+        <v>937</v>
+      </c>
+      <c r="B566" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="567">
+      <c r="A567" t="s">
+        <v>938</v>
+      </c>
+      <c r="B567" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="568">
+      <c r="A568" t="s">
+        <v>939</v>
+      </c>
+      <c r="B568" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="569">
+      <c r="A569" t="s">
+        <v>940</v>
+      </c>
+      <c r="B569" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="570">
+      <c r="A570" t="s">
+        <v>941</v>
+      </c>
+      <c r="B570" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="571">
+      <c r="A571" t="s">
+        <v>942</v>
+      </c>
+      <c r="B571" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="572">
+      <c r="A572" t="s">
+        <v>943</v>
+      </c>
+      <c r="B572" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="573">
+      <c r="A573" t="s">
+        <v>944</v>
+      </c>
+      <c r="B573" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="574">
+      <c r="A574" t="s">
+        <v>945</v>
+      </c>
+      <c r="B574" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="575">
+      <c r="A575" t="s">
+        <v>946</v>
+      </c>
+      <c r="B575" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="576">
+      <c r="A576" t="s">
+        <v>947</v>
+      </c>
+      <c r="B576" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="577">
+      <c r="A577" t="s">
+        <v>949</v>
+      </c>
+      <c r="B577" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="578">
+      <c r="A578" t="s">
+        <v>950</v>
+      </c>
+      <c r="B578" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="579">
+      <c r="A579" t="s">
+        <v>951</v>
+      </c>
+      <c r="B579" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="580">
+      <c r="A580" t="s">
+        <v>952</v>
+      </c>
+      <c r="B580" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="581">
+      <c r="A581" t="s">
+        <v>953</v>
+      </c>
+      <c r="B581" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="582">
+      <c r="A582" t="s">
+        <v>954</v>
+      </c>
+      <c r="B582" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="583">
+      <c r="A583" t="s">
+        <v>955</v>
+      </c>
+      <c r="B583" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="584">
+      <c r="A584" t="s">
+        <v>956</v>
+      </c>
+      <c r="B584" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="585">
+      <c r="A585" t="s">
+        <v>957</v>
+      </c>
+      <c r="B585" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="586">
+      <c r="A586" t="s">
+        <v>958</v>
+      </c>
+      <c r="B586" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="587">
+      <c r="A587" t="s">
+        <v>959</v>
+      </c>
+      <c r="B587" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="588">
+      <c r="A588" t="s">
+        <v>960</v>
+      </c>
+      <c r="B588" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="589">
+      <c r="A589" t="s">
+        <v>961</v>
+      </c>
+      <c r="B589" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="590">
+      <c r="A590" t="s">
+        <v>962</v>
+      </c>
+      <c r="B590" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="591">
+      <c r="A591" t="s">
+        <v>963</v>
+      </c>
+      <c r="B591" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="592">
+      <c r="A592" t="s">
+        <v>964</v>
+      </c>
+      <c r="B592" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="593">
+      <c r="A593" t="s">
+        <v>965</v>
+      </c>
+      <c r="B593" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="594">
+      <c r="A594" t="s">
+        <v>966</v>
+      </c>
+      <c r="B594" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="595">
+      <c r="A595" t="s">
+        <v>967</v>
+      </c>
+      <c r="B595" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="596">
+      <c r="A596" t="s">
+        <v>968</v>
+      </c>
+      <c r="B596" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="597">
+      <c r="A597" t="s">
+        <v>969</v>
+      </c>
+      <c r="B597" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="598">
+      <c r="A598" t="s">
+        <v>970</v>
+      </c>
+      <c r="B598" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="599">
+      <c r="A599" t="s">
+        <v>971</v>
+      </c>
+      <c r="B599" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="600">
+      <c r="A600" t="s">
+        <v>972</v>
+      </c>
+      <c r="B600" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="601">
+      <c r="A601" t="s">
+        <v>973</v>
+      </c>
+      <c r="B601" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="602">
+      <c r="A602" t="s">
+        <v>974</v>
+      </c>
+      <c r="B602" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="603">
+      <c r="A603" t="s">
+        <v>975</v>
+      </c>
+      <c r="B603" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="604">
+      <c r="A604" t="s">
+        <v>976</v>
+      </c>
+      <c r="B604" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="605">
+      <c r="A605" t="s">
+        <v>977</v>
+      </c>
+      <c r="B605" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="606">
+      <c r="A606" t="s">
+        <v>978</v>
+      </c>
+      <c r="B606" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="607">
+      <c r="A607" t="s">
+        <v>979</v>
+      </c>
+      <c r="B607" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="608">
+      <c r="A608" t="s">
+        <v>980</v>
+      </c>
+      <c r="B608" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="609">
+      <c r="A609" t="s">
+        <v>981</v>
+      </c>
+      <c r="B609" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="610">
+      <c r="A610" t="s">
+        <v>982</v>
+      </c>
+      <c r="B610" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="611">
+      <c r="A611" t="s">
+        <v>983</v>
+      </c>
+      <c r="B611" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="612">
+      <c r="A612" t="s">
+        <v>984</v>
+      </c>
+      <c r="B612" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="613">
+      <c r="A613" t="s">
+        <v>985</v>
+      </c>
+      <c r="B613" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="614">
+      <c r="A614" t="s">
+        <v>986</v>
+      </c>
+      <c r="B614" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="615">
+      <c r="A615" t="s">
+        <v>987</v>
+      </c>
+      <c r="B615" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="616">
+      <c r="A616" t="s">
+        <v>988</v>
+      </c>
+      <c r="B616" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="617">
+      <c r="A617" t="s">
+        <v>989</v>
+      </c>
+      <c r="B617" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="618">
+      <c r="A618" t="s">
+        <v>990</v>
+      </c>
+      <c r="B618" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="619">
+      <c r="A619" t="s">
+        <v>991</v>
+      </c>
+      <c r="B619" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="620">
+      <c r="A620" t="s">
+        <v>992</v>
+      </c>
+      <c r="B620" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="621">
+      <c r="A621" t="s">
+        <v>993</v>
+      </c>
+      <c r="B621" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="622">
+      <c r="A622" t="s">
+        <v>994</v>
+      </c>
+      <c r="B622" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="623">
+      <c r="A623" t="s">
+        <v>995</v>
+      </c>
+      <c r="B623" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="624">
+      <c r="A624" t="s">
+        <v>996</v>
+      </c>
+      <c r="B624" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="625">
+      <c r="A625" t="s">
+        <v>997</v>
+      </c>
+      <c r="B625" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="626">
+      <c r="A626" t="s">
+        <v>998</v>
+      </c>
+      <c r="B626" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="627">
+      <c r="A627" t="s">
+        <v>999</v>
+      </c>
+      <c r="B627" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="628">
+      <c r="A628" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B628" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="629">
+      <c r="A629" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B629" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="630">
+      <c r="A630" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B630" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="631">
+      <c r="A631" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B631" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="632">
+      <c r="A632" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B632" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="633">
+      <c r="A633" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B633" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="634">
+      <c r="A634" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B634" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="635">
+      <c r="A635" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B635" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="636">
+      <c r="A636" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B636" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="637">
+      <c r="A637" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B637" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="638">
+      <c r="A638" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B638" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="639">
+      <c r="A639" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B639" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="640">
+      <c r="A640" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B640" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="641">
+      <c r="A641" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B641" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="642">
+      <c r="A642" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B642" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="643">
+      <c r="A643" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B643" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="644">
+      <c r="A644" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B644" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="645">
+      <c r="A645" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B645" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="646">
+      <c r="A646" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B646" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="647">
+      <c r="A647" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B647" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="648">
+      <c r="A648" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B648" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="649">
+      <c r="A649" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B649" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="650">
+      <c r="A650" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B650" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="651">
+      <c r="A651" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B651" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="652">
+      <c r="A652" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B652" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="653">
+      <c r="A653" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B653" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="654">
+      <c r="A654" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B654" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="655">
+      <c r="A655" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B655" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="656">
+      <c r="A656" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B656" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="657">
+      <c r="A657" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B657" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="658">
+      <c r="A658" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B658" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="659">
+      <c r="A659" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B659" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="660">
+      <c r="A660" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B660" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="661">
+      <c r="A661" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B661" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="662">
+      <c r="A662" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B662" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="663">
+      <c r="A663" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B663" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="664">
+      <c r="A664" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B664" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="665">
+      <c r="A665" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B665" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="666">
+      <c r="A666" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B666" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="667">
+      <c r="A667" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B667" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="668">
+      <c r="A668" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B668" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="669">
+      <c r="A669" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B669" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="670">
+      <c r="A670" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B670" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="671">
+      <c r="A671" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B671" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="672">
+      <c r="A672" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B672" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="673">
+      <c r="A673" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B673" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="674">
+      <c r="A674" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B674" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="675">
+      <c r="A675" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B675" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="676">
+      <c r="A676" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B676" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="677">
+      <c r="A677" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B677" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="678">
+      <c r="A678" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B678" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="679">
+      <c r="A679" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B679" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="680">
+      <c r="A680" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B680" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="681">
+      <c r="A681" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B681" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="682">
+      <c r="A682" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B682" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="683">
+      <c r="A683" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B683" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="684">
+      <c r="A684" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B684" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="685">
+      <c r="A685" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B685" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="686">
+      <c r="A686" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B686" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="687">
+      <c r="A687" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B687" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="688">
+      <c r="A688" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B688" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="689">
+      <c r="A689" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B689" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="690">
+      <c r="A690" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B690" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="691">
+      <c r="A691" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B691" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="692">
+      <c r="A692" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B692" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="693">
+      <c r="A693" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B693" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="694">
+      <c r="A694" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B694" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="695">
+      <c r="A695" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B695" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="696">
+      <c r="A696" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B696" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="697">
+      <c r="A697" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B697" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="698">
+      <c r="A698" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B698" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="699">
+      <c r="A699" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B699" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="700">
+      <c r="A700" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B700" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="701">
+      <c r="A701" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B701" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="702">
+      <c r="A702" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B702" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="703">
+      <c r="A703" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B703" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="704">
+      <c r="A704" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B704" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="705">
+      <c r="A705" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B705" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="706">
+      <c r="A706" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B706" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="707">
+      <c r="A707" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B707" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="708">
+      <c r="A708" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B708" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="709">
+      <c r="A709" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B709" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="710">
+      <c r="A710" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B710" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="711">
+      <c r="A711" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B711" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="712">
+      <c r="A712" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B712" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="713">
+      <c r="A713" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B713" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="714">
+      <c r="A714" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B714" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="715">
+      <c r="A715" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B715" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="716">
+      <c r="A716" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B716" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="717">
+      <c r="A717" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B717" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="718">
+      <c r="A718" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B718" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="719">
+      <c r="A719" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B719" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="720">
+      <c r="A720" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B720" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="721">
+      <c r="A721" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B721" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="722">
+      <c r="A722" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B722" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="723">
+      <c r="A723" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B723" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="724">
+      <c r="A724" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B724" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="725">
+      <c r="A725" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B725" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="726">
+      <c r="A726" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B726" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="727">
+      <c r="A727" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B727" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="728">
+      <c r="A728" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B728" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="729">
+      <c r="A729" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B729" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="730">
+      <c r="A730" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B730" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="731">
+      <c r="A731" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B731" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="732">
+      <c r="A732" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B732" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="733">
+      <c r="A733" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B733" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="734">
+      <c r="A734" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B734" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="735">
+      <c r="A735" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B735" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="736">
+      <c r="A736" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B736" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="737">
+      <c r="A737" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B737" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="738">
+      <c r="A738" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B738" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="739">
+      <c r="A739" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B739" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="740">
+      <c r="A740" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B740" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="741">
+      <c r="A741" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B741" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="742">
+      <c r="A742" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B742" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="743">
+      <c r="A743" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B743" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="744">
+      <c r="A744" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B744" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="745">
+      <c r="A745" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B745" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="746">
+      <c r="A746" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B746" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="747">
+      <c r="A747" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B747" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="748">
+      <c r="A748" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B748" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="749">
+      <c r="A749" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B749" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="750">
+      <c r="A750" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B750" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="751">
+      <c r="A751" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B751" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="752">
+      <c r="A752" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B752" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="753">
+      <c r="A753" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B753" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="754">
+      <c r="A754" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B754" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="755">
+      <c r="A755" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B755" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="756">
+      <c r="A756" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B756" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="757">
+      <c r="A757" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B757" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="758">
+      <c r="A758" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B758" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="759">
+      <c r="A759" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B759" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="760">
+      <c r="A760" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B760" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="761">
+      <c r="A761" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B761" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="762">
+      <c r="A762" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B762" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="763">
+      <c r="A763" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B763" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="764">
+      <c r="A764" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B764" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="765">
+      <c r="A765" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B765" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="766">
+      <c r="A766" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B766" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="767">
+      <c r="A767" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B767" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="768">
+      <c r="A768" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B768" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="769">
+      <c r="A769" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B769" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="770">
+      <c r="A770" t="s">
+        <v>1198</v>
+      </c>
+      <c r="B770" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="771">
+      <c r="A771" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B771" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="772">
+      <c r="A772" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B772" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="773">
+      <c r="A773" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B773" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="774">
+      <c r="A774" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B774" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="775">
+      <c r="A775" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B775" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="776">
+      <c r="A776" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B776" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="777">
+      <c r="A777" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B777" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="778">
+      <c r="A778" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B778" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="779">
+      <c r="A779" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B779" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="780">
+      <c r="A780" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B780" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="781">
+      <c r="A781" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B781" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="782">
+      <c r="A782" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B782" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="783">
+      <c r="A783" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B783" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="784">
+      <c r="A784" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B784" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="785">
+      <c r="A785" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B785" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="786">
+      <c r="A786" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B786" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="787">
+      <c r="A787" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B787" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="788">
+      <c r="A788" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B788" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="789">
+      <c r="A789" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B789" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="790">
+      <c r="A790" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B790" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="791">
+      <c r="A791" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B791" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="792">
+      <c r="A792" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B792" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="793">
+      <c r="A793" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B793" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="794">
+      <c r="A794" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B794" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="795">
+      <c r="A795" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B795" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="796">
+      <c r="A796" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B796" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="797">
+      <c r="A797" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B797" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="798">
+      <c r="A798" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B798" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="799">
+      <c r="A799" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B799" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="800">
+      <c r="A800" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B800" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="801">
+      <c r="A801" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B801" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="802">
+      <c r="A802" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B802" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="803">
+      <c r="A803" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B803" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="804">
+      <c r="A804" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B804" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="805">
+      <c r="A805" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B805" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="806">
+      <c r="A806" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B806" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="807">
+      <c r="A807" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B807" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="808">
+      <c r="A808" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B808" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="809">
+      <c r="A809" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B809" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="810">
+      <c r="A810" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B810" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="811">
+      <c r="A811" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B811" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="812">
+      <c r="A812" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B812" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="813">
+      <c r="A813" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B813" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="814">
+      <c r="A814" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B814" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="815">
+      <c r="A815" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B815" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="816">
+      <c r="A816" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B816" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="817">
+      <c r="A817" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B817" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="818">
+      <c r="A818" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B818" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="819">
+      <c r="A819" t="s">
+        <v>1248</v>
+      </c>
+      <c r="B819" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="820">
+      <c r="A820" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B820" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="821">
+      <c r="A821" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B821" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="822">
+      <c r="A822" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B822" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="823">
+      <c r="A823" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B823" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="824">
+      <c r="A824" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B824" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="825">
+      <c r="A825" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B825" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="826">
+      <c r="A826" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B826" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="827">
+      <c r="A827" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B827" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="828">
+      <c r="A828" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B828" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="829">
+      <c r="A829" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B829" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="830">
+      <c r="A830" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B830" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="831">
+      <c r="A831" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B831" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="832">
+      <c r="A832" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B832" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="833">
+      <c r="A833" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B833" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="834">
+      <c r="A834" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B834" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="835">
+      <c r="A835" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B835" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="836">
+      <c r="A836" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B836" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="837">
+      <c r="A837" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B837" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="838">
+      <c r="A838" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B838" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="839">
+      <c r="A839" t="s">
+        <v>1268</v>
+      </c>
+      <c r="B839" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="840">
+      <c r="A840" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B840" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="841">
+      <c r="A841" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B841" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="842">
+      <c r="A842" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B842" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="843">
+      <c r="A843" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B843" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="844">
+      <c r="A844" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B844" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="845">
+      <c r="A845" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B845" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="846">
+      <c r="A846" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B846" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="847">
+      <c r="A847" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B847" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="848">
+      <c r="A848" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B848" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="849">
+      <c r="A849" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B849" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="850">
+      <c r="A850" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B850" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="851">
+      <c r="A851" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B851" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="852">
+      <c r="A852" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B852" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="853">
+      <c r="A853" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B853" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="854">
+      <c r="A854" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B854" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="855">
+      <c r="A855" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B855" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="856">
+      <c r="A856" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B856" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="857">
+      <c r="A857" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B857" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="858">
+      <c r="A858" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B858" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="859">
+      <c r="A859" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B859" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="860">
+      <c r="A860" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B860" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="861">
+      <c r="A861" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B861" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="862">
+      <c r="A862" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B862" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="863">
+      <c r="A863" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B863" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="864">
+      <c r="A864" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B864" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="865">
+      <c r="A865" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B865" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="866">
+      <c r="A866" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B866" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="867">
+      <c r="A867" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B867" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="868">
+      <c r="A868" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B868" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="869">
+      <c r="A869" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B869" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="870">
+      <c r="A870" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B870" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="871">
+      <c r="A871" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B871" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="872">
+      <c r="A872" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B872" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="873">
+      <c r="A873" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B873" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="874">
+      <c r="A874" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B874" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="875">
+      <c r="A875" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B875" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="876">
+      <c r="A876" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B876" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="877">
+      <c r="A877" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B877" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="878">
+      <c r="A878" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B878" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="879">
+      <c r="A879" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B879" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="880">
+      <c r="A880" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B880" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="881">
+      <c r="A881" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B881" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="882">
+      <c r="A882" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B882" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="883">
+      <c r="A883" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B883" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="884">
+      <c r="A884" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B884" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="885">
+      <c r="A885" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B885" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="886">
+      <c r="A886" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B886" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="887">
+      <c r="A887" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B887" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="888">
+      <c r="A888" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B888" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="889">
+      <c r="A889" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B889" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="890">
+      <c r="A890" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B890" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="891">
+      <c r="A891" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B891" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="892">
+      <c r="A892" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B892" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="893">
+      <c r="A893" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B893" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="894">
+      <c r="A894" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B894" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="895">
+      <c r="A895" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B895" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="896">
+      <c r="A896" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B896" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="897">
+      <c r="A897" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B897" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="898">
+      <c r="A898" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B898" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="899">
+      <c r="A899" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B899" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="900">
+      <c r="A900" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B900" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="901">
+      <c r="A901" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B901" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="902">
+      <c r="A902" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B902" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="903">
+      <c r="A903" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B903" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="904">
+      <c r="A904" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B904" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="905">
+      <c r="A905" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B905" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="906">
+      <c r="A906" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B906" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="907">
+      <c r="A907" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B907" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="908">
+      <c r="A908" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B908" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="909">
+      <c r="A909" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B909" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="910">
+      <c r="A910" t="s">
+        <v>1344</v>
+      </c>
+      <c r="B910" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="911">
+      <c r="A911" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B911" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="912">
+      <c r="A912" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B912" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="913">
+      <c r="A913" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B913" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="914">
+      <c r="A914" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B914" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="915">
+      <c r="A915" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B915" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="916">
+      <c r="A916" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B916" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="917">
+      <c r="A917" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B917" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="918">
+      <c r="A918" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B918" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="919">
+      <c r="A919" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B919" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="920">
+      <c r="A920" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B920" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="921">
+      <c r="A921" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B921" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="922">
+      <c r="A922" t="s">
+        <v>1356</v>
+      </c>
+      <c r="B922" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="923">
+      <c r="A923" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B923" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="924">
+      <c r="A924" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B924" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="925">
+      <c r="A925" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B925" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="926">
+      <c r="A926" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B926" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="927">
+      <c r="A927" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B927" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="928">
+      <c r="A928" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B928" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="929">
+      <c r="A929" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B929" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="930">
+      <c r="A930" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B930" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="931">
+      <c r="A931" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B931" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="932">
+      <c r="A932" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B932" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="933">
+      <c r="A933" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B933" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="934">
+      <c r="A934" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B934" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="935">
+      <c r="A935" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B935" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="936">
+      <c r="A936" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B936" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="937">
+      <c r="A937" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B937" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="938">
+      <c r="A938" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B938" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="939">
+      <c r="A939" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B939" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="940">
+      <c r="A940" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B940" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="941">
+      <c r="A941" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B941" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="942">
+      <c r="A942" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B942" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="943">
+      <c r="A943" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B943" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="944">
+      <c r="A944" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B944" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="945">
+      <c r="A945" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B945" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="946">
+      <c r="A946" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B946" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="947">
+      <c r="A947" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B947" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="948">
+      <c r="A948" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B948" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="949">
+      <c r="A949" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B949" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="950">
+      <c r="A950" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B950" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="951">
+      <c r="A951" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B951" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="952">
+      <c r="A952" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B952" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="953">
+      <c r="A953" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B953" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="954">
+      <c r="A954" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B954" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="955">
+      <c r="A955" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B955" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="956">
+      <c r="A956" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B956" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="957">
+      <c r="A957" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B957" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="958">
+      <c r="A958" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B958" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="959">
+      <c r="A959" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B959" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="960">
+      <c r="A960" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B960" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="961">
+      <c r="A961" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B961" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="962">
+      <c r="A962" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B962" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="963">
+      <c r="A963" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B963" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="964">
+      <c r="A964" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B964" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="965">
+      <c r="A965" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B965" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="966">
+      <c r="A966" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B966" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="967">
+      <c r="A967" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B967" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="968">
+      <c r="A968" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B968" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="969">
+      <c r="A969" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B969" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="970">
+      <c r="A970" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B970" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="971">
+      <c r="A971" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B971" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="972">
+      <c r="A972" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B972" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="973">
+      <c r="A973" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B973" t="s">
+        <v>1411</v>
+      </c>
+    </row>
+    <row r="974">
+      <c r="A974" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B974" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="975">
+      <c r="A975" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B975" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="976">
+      <c r="A976" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B976" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="977">
+      <c r="A977" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B977" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="978">
+      <c r="A978" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B978" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="979">
+      <c r="A979" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B979" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="980">
+      <c r="A980" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B980" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="981">
+      <c r="A981" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B981" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="982">
+      <c r="A982" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B982" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="983">
+      <c r="A983" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B983" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="984">
+      <c r="A984" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B984" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="985">
+      <c r="A985" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B985" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="986">
+      <c r="A986" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B986" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="987">
+      <c r="A987" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B987" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="988">
+      <c r="A988" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B988" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="989">
+      <c r="A989" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B989" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="990">
+      <c r="A990" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B990" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="991">
+      <c r="A991" t="s">
+        <v>1430</v>
+      </c>
+      <c r="B991" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="992">
+      <c r="A992" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B992" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="993">
+      <c r="A993" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B993" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="994">
+      <c r="A994" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B994" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="995">
+      <c r="A995" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B995" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="996">
+      <c r="A996" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B996" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="997">
+      <c r="A997" t="s">
+        <v>1436</v>
+      </c>
+      <c r="B997" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="998">
+      <c r="A998" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B998" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="999">
+      <c r="A999" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B999" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1000">
+      <c r="A1000" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B1000" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1001">
+      <c r="A1001" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B1001" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1002">
+      <c r="A1002" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B1002" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1003">
+      <c r="A1003" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B1003" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1004">
+      <c r="A1004" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B1004" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1005">
+      <c r="A1005" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B1005" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1006">
+      <c r="A1006" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B1006" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1007">
+      <c r="A1007" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B1007" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1008">
+      <c r="A1008" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B1008" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1009">
+      <c r="A1009" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B1009" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1010">
+      <c r="A1010" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B1010" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1011">
+      <c r="A1011" t="s">
+        <v>1450</v>
+      </c>
+      <c r="B1011" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1012">
+      <c r="A1012" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B1012" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1013">
+      <c r="A1013" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B1013" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1014">
+      <c r="A1014" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B1014" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1015">
+      <c r="A1015" t="s">
+        <v>1454</v>
+      </c>
+      <c r="B1015" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1016">
+      <c r="A1016" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B1016" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1017">
+      <c r="A1017" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B1017" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1018">
+      <c r="A1018" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B1018" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1019">
+      <c r="A1019" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B1019" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1020">
+      <c r="A1020" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B1020" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1021">
+      <c r="A1021" t="s">
+        <v>1460</v>
+      </c>
+      <c r="B1021" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1022">
+      <c r="A1022" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B1022" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1023">
+      <c r="A1023" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B1023" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1024">
+      <c r="A1024" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B1024" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="1025">
+      <c r="A1025" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B1025" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="1026">
+      <c r="A1026" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B1026" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="1027">
+      <c r="A1027" t="s">
+        <v>1466</v>
+      </c>
+      <c r="B1027" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="1028">
+      <c r="A1028" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B1028" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="1029">
+      <c r="A1029" t="s">
+        <v>1468</v>
+      </c>
+      <c r="B1029" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1030">
+      <c r="A1030" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B1030" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1031">
+      <c r="A1031" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B1031" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1032">
+      <c r="A1032" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B1032" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="1033">
+      <c r="A1033" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B1033" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="1034">
+      <c r="A1034" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B1034" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="1035">
+      <c r="A1035" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B1035" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="1036">
+      <c r="A1036" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B1036" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1037">
+      <c r="A1037" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B1037" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1038">
+      <c r="A1038" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B1038" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1039">
+      <c r="A1039" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B1039" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1040">
+      <c r="A1040" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B1040" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1041">
+      <c r="A1041" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B1041" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1042">
+      <c r="A1042" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B1042" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1043">
+      <c r="A1043" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B1043" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1044">
+      <c r="A1044" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B1044" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1045">
+      <c r="A1045" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B1045" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1046">
+      <c r="A1046" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1046" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1047">
+      <c r="A1047" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B1047" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1048">
+      <c r="A1048" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B1048" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1049">
+      <c r="A1049" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B1049" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1050">
+      <c r="A1050" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B1050" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1051">
+      <c r="A1051" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B1051" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1052">
+      <c r="A1052" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B1052" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1053">
+      <c r="A1053" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B1053" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1054">
+      <c r="A1054" t="s">
+        <v>1493</v>
+      </c>
+      <c r="B1054" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1055">
+      <c r="A1055" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B1055" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1056">
+      <c r="A1056" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B1056" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1057">
+      <c r="A1057" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B1057" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1058">
+      <c r="A1058" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B1058" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1059">
+      <c r="A1059" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B1059" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1060">
+      <c r="A1060" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B1060" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1061">
+      <c r="A1061" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B1061" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1062">
+      <c r="A1062" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B1062" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1063">
+      <c r="A1063" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B1063" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1064">
+      <c r="A1064" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B1064" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1065">
+      <c r="A1065" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B1065" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1066">
+      <c r="A1066" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B1066" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1067">
+      <c r="A1067" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B1067" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1068">
+      <c r="A1068" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B1068" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1069">
+      <c r="A1069" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B1069" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1070">
+      <c r="A1070" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B1070" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1071">
+      <c r="A1071" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B1071" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1072">
+      <c r="A1072" t="s">
+        <v>1511</v>
+      </c>
+      <c r="B1072" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1073">
+      <c r="A1073" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B1073" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1074">
+      <c r="A1074" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B1074" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1075">
+      <c r="A1075" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B1075" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1076">
+      <c r="A1076" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B1076" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1077">
+      <c r="A1077" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B1077" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1078">
+      <c r="A1078" t="s">
+        <v>1517</v>
+      </c>
+      <c r="B1078" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1079">
+      <c r="A1079" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B1079" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1080">
+      <c r="A1080" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B1080" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1081">
+      <c r="A1081" t="s">
+        <v>1520</v>
+      </c>
+      <c r="B1081" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1082">
+      <c r="A1082" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B1082" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1083">
+      <c r="A1083" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B1083" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1084">
+      <c r="A1084" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B1084" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1085">
+      <c r="A1085" t="s">
+        <v>1524</v>
+      </c>
+      <c r="B1085" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1086">
+      <c r="A1086" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B1086" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1087">
+      <c r="A1087" t="s">
+        <v>1526</v>
+      </c>
+      <c r="B1087" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1088">
+      <c r="A1088" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B1088" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1089">
+      <c r="A1089" t="s">
+        <v>1528</v>
+      </c>
+      <c r="B1089" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1090">
+      <c r="A1090" t="s">
+        <v>1529</v>
+      </c>
+      <c r="B1090" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1091">
+      <c r="A1091" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B1091" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1092">
+      <c r="A1092" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B1092" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1093">
+      <c r="A1093" t="s">
+        <v>1532</v>
+      </c>
+      <c r="B1093" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1094">
+      <c r="A1094" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B1094" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1095">
+      <c r="A1095" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B1095" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1096">
+      <c r="A1096" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B1096" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1097">
+      <c r="A1097" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B1097" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1098">
+      <c r="A1098" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B1098" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1099">
+      <c r="A1099" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B1099" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1100">
+      <c r="A1100" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B1100" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1101">
+      <c r="A1101" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B1101" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1102">
+      <c r="A1102" t="s">
+        <v>1541</v>
+      </c>
+      <c r="B1102" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="1103">
+      <c r="A1103" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B1103" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="1104">
+      <c r="A1104" t="s">
+        <v>1544</v>
+      </c>
+      <c r="B1104" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="1105">
+      <c r="A1105" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B1105" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="1106">
+      <c r="A1106" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B1106" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="1107">
+      <c r="A1107" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B1107" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="1108">
+      <c r="A1108" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B1108" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="1109">
+      <c r="A1109" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B1109" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="1110">
+      <c r="A1110" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B1110" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1111">
+      <c r="A1111" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B1111" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1112">
+      <c r="A1112" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B1112" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1113">
+      <c r="A1113" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B1113" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1114">
+      <c r="A1114" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B1114" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1115">
+      <c r="A1115" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B1115" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="1116">
+      <c r="A1116" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B1116" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="1117">
+      <c r="A1117" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B1117" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="1118">
+      <c r="A1118" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B1118" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="1119">
+      <c r="A1119" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B1119" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="1120">
+      <c r="A1120" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B1120" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="1121">
+      <c r="A1121" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B1121" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="1122">
+      <c r="A1122" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B1122" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="1123">
+      <c r="A1123" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B1123" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="1124">
+      <c r="A1124" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B1124" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="1125">
+      <c r="A1125" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B1125" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1126">
+      <c r="A1126" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B1126" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1127">
+      <c r="A1127" t="s">
+        <v>1569</v>
+      </c>
+      <c r="B1127" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1128">
+      <c r="A1128" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B1128" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1129">
+      <c r="A1129" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B1129" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1130">
+      <c r="A1130" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B1130" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1131">
+      <c r="A1131" t="s">
+        <v>1573</v>
+      </c>
+      <c r="B1131" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1132">
+      <c r="A1132" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B1132" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="1133">
+      <c r="A1133" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B1133" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1134">
+      <c r="A1134" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B1134" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1135">
+      <c r="A1135" t="s">
+        <v>1578</v>
+      </c>
+      <c r="B1135" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1136">
+      <c r="A1136" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B1136" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1137">
+      <c r="A1137" t="s">
+        <v>1580</v>
+      </c>
+      <c r="B1137" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1138">
+      <c r="A1138" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B1138" t="s">
+        <v>1582</v>
+      </c>
+    </row>
+    <row r="1139">
+      <c r="A1139" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B1139" t="s">
+        <v>1582</v>
+      </c>
+    </row>
+    <row r="1140">
+      <c r="A1140" t="s">
+        <v>1584</v>
+      </c>
+      <c r="B1140" t="s">
+        <v>1582</v>
+      </c>
+    </row>
+    <row r="1141">
+      <c r="A1141" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B1141" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="1142">
+      <c r="A1142" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B1142" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1143">
+      <c r="A1143" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B1143" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1144">
+      <c r="A1144" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B1144" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1145">
+      <c r="A1145" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B1145" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1146">
+      <c r="A1146" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B1146" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1147">
+      <c r="A1147" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B1147" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1148">
+      <c r="A1148" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B1148" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1149">
+      <c r="A1149" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1149" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1150">
+      <c r="A1150" t="s">
+        <v>1594</v>
+      </c>
+      <c r="B1150" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1151">
+      <c r="A1151" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B1151" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1152">
+      <c r="A1152" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B1152" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1153">
+      <c r="A1153" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B1153" t="s">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="1154">
+      <c r="A1154" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B1154" t="s">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="1155">
+      <c r="A1155" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B1155" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1156">
+      <c r="A1156" t="s">
+        <v>1601</v>
+      </c>
+      <c r="B1156" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1157">
+      <c r="A1157" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B1157" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1158">
+      <c r="A1158" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B1158" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1159">
+      <c r="A1159" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B1159" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1160">
+      <c r="A1160" t="s">
+        <v>1605</v>
+      </c>
+      <c r="B1160" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1161">
+      <c r="A1161" t="s">
+        <v>1606</v>
+      </c>
+      <c r="B1161" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1162">
+      <c r="A1162" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B1162" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1163">
+      <c r="A1163" t="s">
+        <v>1608</v>
+      </c>
+      <c r="B1163" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1164">
+      <c r="A1164" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B1164" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1165">
+      <c r="A1165" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B1165" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1166">
+      <c r="A1166" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B1166" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1167">
+      <c r="A1167" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B1167" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1168">
+      <c r="A1168" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B1168" t="s">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="1169">
+      <c r="A1169" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B1169" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="1170">
+      <c r="A1170" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B1170" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="1171">
+      <c r="A1171" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B1171" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1172">
+      <c r="A1172" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B1172" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1173">
+      <c r="A1173" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B1173" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1174">
+      <c r="A1174" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B1174" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1175">
+      <c r="A1175" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B1175" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1176">
+      <c r="A1176" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B1176" t="s">
+        <v>1624</v>
+      </c>
+    </row>
+    <row r="1177">
+      <c r="A1177" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B1177" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1178">
+      <c r="A1178" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B1178" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="1179">
+      <c r="A1179" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B1179" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1180">
+      <c r="A1180" t="s">
+        <v>1628</v>
+      </c>
+      <c r="B1180" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1181">
+      <c r="A1181" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B1181" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="1182">
+      <c r="A1182" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B1182" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1183">
+      <c r="A1183" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B1183" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1184">
+      <c r="A1184" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B1184" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="1185">
+      <c r="A1185" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B1185" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="1186">
+      <c r="A1186" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B1186" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1187">
+      <c r="A1187" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B1187" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1188">
+      <c r="A1188" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1188" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1189">
+      <c r="A1189" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B1189" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1190">
+      <c r="A1190" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B1190" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1191">
+      <c r="A1191" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B1191" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="1192">
+      <c r="A1192" t="s">
+        <v>1641</v>
+      </c>
+      <c r="B1192" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="1193">
+      <c r="A1193" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B1193" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="1194">
+      <c r="A1194" t="s">
+        <v>1643</v>
+      </c>
+      <c r="B1194" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1195">
+      <c r="A1195" t="s">
+        <v>1644</v>
+      </c>
+      <c r="B1195" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1196">
+      <c r="A1196" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B1196" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1197">
+      <c r="A1197" t="s">
+        <v>1646</v>
+      </c>
+      <c r="B1197" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1198">
+      <c r="A1198" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B1198" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1199">
+      <c r="A1199" t="s">
+        <v>1648</v>
+      </c>
+      <c r="B1199" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1200">
+      <c r="A1200" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B1200" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1201">
+      <c r="A1201" t="s">
+        <v>1650</v>
+      </c>
+      <c r="B1201" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1202">
+      <c r="A1202" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B1202" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1203">
+      <c r="A1203" t="s">
+        <v>1652</v>
+      </c>
+      <c r="B1203" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1204">
+      <c r="A1204" t="s">
+        <v>1653</v>
+      </c>
+      <c r="B1204" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1205">
+      <c r="A1205" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B1205" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1206">
+      <c r="A1206" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B1206" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="1207">
+      <c r="A1207" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B1207" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="1208">
+      <c r="A1208" t="s">
+        <v>1658</v>
+      </c>
+      <c r="B1208" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="1209">
+      <c r="A1209" t="s">
+        <v>1659</v>
+      </c>
+      <c r="B1209" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="1210">
+      <c r="A1210" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B1210" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1211">
+      <c r="A1211" t="s">
+        <v>1661</v>
+      </c>
+      <c r="B1211" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1212">
+      <c r="A1212" t="s">
+        <v>1662</v>
+      </c>
+      <c r="B1212" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1213">
+      <c r="A1213" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B1213" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1214">
+      <c r="A1214" t="s">
+        <v>1664</v>
+      </c>
+      <c r="B1214" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1215">
+      <c r="A1215" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B1215" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1216">
+      <c r="A1216" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B1216" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1217">
+      <c r="A1217" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B1217" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1218">
+      <c r="A1218" t="s">
+        <v>1668</v>
+      </c>
+      <c r="B1218" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1219">
+      <c r="A1219" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B1219" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1220">
+      <c r="A1220" t="s">
+        <v>1670</v>
+      </c>
+      <c r="B1220" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1221">
+      <c r="A1221" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B1221" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1222">
+      <c r="A1222" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B1222" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1223">
+      <c r="A1223" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B1223" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1224">
+      <c r="A1224" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B1224" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1225">
+      <c r="A1225" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B1225" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1226">
+      <c r="A1226" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B1226" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1227">
+      <c r="A1227" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B1227" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1228">
+      <c r="A1228" t="s">
+        <v>1678</v>
+      </c>
+      <c r="B1228" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1229">
+      <c r="A1229" t="s">
+        <v>1679</v>
+      </c>
+      <c r="B1229" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1230">
+      <c r="A1230" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B1230" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1231">
+      <c r="A1231" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B1231" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1232">
+      <c r="A1232" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B1232" t="s">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="1233">
+      <c r="A1233" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B1233" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1234">
+      <c r="A1234" t="s">
+        <v>1685</v>
+      </c>
+      <c r="B1234" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1235">
+      <c r="A1235" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B1235" t="s">
+        <v>1624</v>
+      </c>
+    </row>
+    <row r="1236">
+      <c r="A1236" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B1236" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1237">
+      <c r="A1237" t="s">
+        <v>1688</v>
+      </c>
+      <c r="B1237" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="1238">
+      <c r="A1238" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B1238" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="1239">
+      <c r="A1239" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B1239" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1240">
+      <c r="A1240" t="s">
+        <v>1691</v>
+      </c>
+      <c r="B1240" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1241">
+      <c r="A1241" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B1241" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1242">
+      <c r="A1242" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B1242" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1243">
+      <c r="A1243" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B1243" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1244">
+      <c r="A1244" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1244" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1245">
+      <c r="A1245" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B1245" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1246">
+      <c r="A1246" t="s">
+        <v>1697</v>
+      </c>
+      <c r="B1246" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1247">
+      <c r="A1247" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B1247" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1248">
+      <c r="A1248" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B1248" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1249">
+      <c r="A1249" t="s">
+        <v>1700</v>
+      </c>
+      <c r="B1249" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1250">
+      <c r="A1250" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B1250" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1251">
+      <c r="A1251" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B1251" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1252">
+      <c r="A1252" t="s">
+        <v>1703</v>
+      </c>
+      <c r="B1252" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1253">
+      <c r="A1253" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B1253" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1254">
+      <c r="A1254" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B1254" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1255">
+      <c r="A1255" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B1255" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1256">
+      <c r="A1256" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B1256" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1257">
+      <c r="A1257" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B1257" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1258">
+      <c r="A1258" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B1258" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1259">
+      <c r="A1259" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B1259" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1260">
+      <c r="A1260" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B1260" t="s">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="1261">
+      <c r="A1261" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B1261" t="s">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="1262">
+      <c r="A1262" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B1262" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1263">
+      <c r="A1263" t="s">
+        <v>1715</v>
+      </c>
+      <c r="B1263" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1264">
+      <c r="A1264" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B1264" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1265">
+      <c r="A1265" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B1265" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1266">
+      <c r="A1266" t="s">
+        <v>1718</v>
+      </c>
+      <c r="B1266" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1267">
+      <c r="A1267" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B1267" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1268">
+      <c r="A1268" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B1268" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1269">
+      <c r="A1269" t="s">
+        <v>1721</v>
+      </c>
+      <c r="B1269" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1270">
+      <c r="A1270" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B1270" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1271">
+      <c r="A1271" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B1271" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="1272">
+      <c r="A1272" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B1272" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1273">
+      <c r="A1273" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B1273" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1274">
+      <c r="A1274" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B1274" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1275">
+      <c r="A1275" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B1275" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1276">
+      <c r="A1276" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B1276" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1277">
+      <c r="A1277" t="s">
+        <v>1729</v>
+      </c>
+      <c r="B1277" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1278">
+      <c r="A1278" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B1278" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1279">
+      <c r="A1279" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B1279" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1280">
+      <c r="A1280" t="s">
+        <v>1732</v>
+      </c>
+      <c r="B1280" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1281">
+      <c r="A1281" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B1281" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1282">
+      <c r="A1282" t="s">
+        <v>1734</v>
+      </c>
+      <c r="B1282" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1283">
+      <c r="A1283" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B1283" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1284">
+      <c r="A1284" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B1284" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1285">
+      <c r="A1285" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B1285" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1286">
+      <c r="A1286" t="s">
+        <v>1738</v>
+      </c>
+      <c r="B1286" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1287">
+      <c r="A1287" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B1287" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1288">
+      <c r="A1288" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B1288" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="1289">
+      <c r="A1289" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B1289" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="1290">
+      <c r="A1290" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B1290" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="1291">
+      <c r="A1291" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B1291" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="1292">
+      <c r="A1292" t="s">
+        <v>1744</v>
+      </c>
+      <c r="B1292" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="1293">
+      <c r="A1293" t="s">
+        <v>1745</v>
+      </c>
+      <c r="B1293" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="1294">
+      <c r="A1294" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B1294" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="1295">
+      <c r="A1295" t="s">
+        <v>1747</v>
+      </c>
+      <c r="B1295" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="1296">
+      <c r="A1296" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B1296" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="1297">
+      <c r="A1297" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B1297" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="1298">
+      <c r="A1298" t="s">
+        <v>1751</v>
+      </c>
+      <c r="B1298" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="1299">
+      <c r="A1299" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B1299" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="1300">
+      <c r="A1300" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B1300" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="1301">
+      <c r="A1301" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B1301" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="1302">
+      <c r="A1302" t="s">
+        <v>1755</v>
+      </c>
+      <c r="B1302" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="1303">
+      <c r="A1303" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B1303" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="1304">
+      <c r="A1304" t="s">
+        <v>1757</v>
+      </c>
+      <c r="B1304" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="1305">
+      <c r="A1305" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B1305" t="s">
+        <v>1759</v>
+      </c>
+    </row>
+    <row r="1306">
+      <c r="A1306" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B1306" t="s">
+        <v>1759</v>
+      </c>
+    </row>
+    <row r="1307">
+      <c r="A1307" t="s">
+        <v>1761</v>
+      </c>
+      <c r="B1307" t="s">
+        <v>1759</v>
+      </c>
+    </row>
+    <row r="1308">
+      <c r="A1308" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B1308" t="s">
+        <v>1759</v>
+      </c>
+    </row>
+    <row r="1309">
+      <c r="A1309" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B1309" t="s">
+        <v>1759</v>
+      </c>
+    </row>
+    <row r="1310">
+      <c r="A1310" t="s">
+        <v>1764</v>
+      </c>
+      <c r="B1310" t="s">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="1311">
+      <c r="A1311" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B1311" t="s">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="1312">
+      <c r="A1312" t="s">
+        <v>1767</v>
+      </c>
+      <c r="B1312" t="s">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="1313">
+      <c r="A1313" t="s">
+        <v>1768</v>
+      </c>
+      <c r="B1313" t="s">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="1314">
+      <c r="A1314" t="s">
+        <v>1769</v>
+      </c>
+      <c r="B1314" t="s">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="1315">
+      <c r="A1315" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B1315" t="s">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="1316">
+      <c r="A1316" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B1316" t="s">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="1317">
+      <c r="A1317" t="s">
+        <v>1773</v>
+      </c>
+      <c r="B1317" t="s">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="1318">
+      <c r="A1318" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B1318" t="s">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="1319">
+      <c r="A1319" t="s">
+        <v>1775</v>
+      </c>
+      <c r="B1319" t="s">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="1320">
+      <c r="A1320" t="s">
+        <v>1776</v>
+      </c>
+      <c r="B1320" t="s">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="1321">
+      <c r="A1321" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B1321" t="s">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="1322">
+      <c r="A1322" t="s">
+        <v>1778</v>
+      </c>
+      <c r="B1322" t="s">
+        <v>1779</v>
+      </c>
+    </row>
+    <row r="1323">
+      <c r="A1323" t="s">
+        <v>1780</v>
+      </c>
+      <c r="B1323" t="s">
+        <v>1779</v>
+      </c>
+    </row>
+    <row r="1324">
+      <c r="A1324" t="s">
+        <v>1781</v>
+      </c>
+      <c r="B1324" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="1325">
+      <c r="A1325" t="s">
+        <v>1783</v>
+      </c>
+      <c r="B1325" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="1326">
+      <c r="A1326" t="s">
+        <v>1784</v>
+      </c>
+      <c r="B1326" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="1327">
+      <c r="A1327" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B1327" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="1328">
+      <c r="A1328" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B1328" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="1329">
+      <c r="A1329" t="s">
+        <v>1787</v>
+      </c>
+      <c r="B1329" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="1330">
+      <c r="A1330" t="s">
+        <v>1788</v>
+      </c>
+      <c r="B1330" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="1331">
+      <c r="A1331" t="s">
+        <v>1789</v>
+      </c>
+      <c r="B1331" t="s">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="1332">
+      <c r="A1332" t="s">
+        <v>1791</v>
+      </c>
+      <c r="B1332" t="s">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="1333">
+      <c r="A1333" t="s">
+        <v>1792</v>
+      </c>
+      <c r="B1333" t="s">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="1334">
+      <c r="A1334" t="s">
+        <v>1793</v>
+      </c>
+      <c r="B1334" t="s">
+        <v>1794</v>
+      </c>
+    </row>
+    <row r="1335">
+      <c r="A1335" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B1335" t="s">
+        <v>1796</v>
+      </c>
+    </row>
+    <row r="1336">
+      <c r="A1336" t="s">
+        <v>1797</v>
+      </c>
+      <c r="B1336" t="s">
+        <v>1798</v>
+      </c>
+    </row>
+    <row r="1337">
+      <c r="A1337" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B1337" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="1338">
+      <c r="A1338" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B1338" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="1339">
+      <c r="A1339" t="s">
+        <v>1803</v>
+      </c>
+      <c r="B1339" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="1340">
+      <c r="A1340" t="s">
+        <v>1804</v>
+      </c>
+      <c r="B1340" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="1341">
+      <c r="A1341" t="s">
+        <v>1805</v>
+      </c>
+      <c r="B1341" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="1342">
+      <c r="A1342" t="s">
+        <v>1807</v>
+      </c>
+      <c r="B1342" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="1343">
+      <c r="A1343" t="s">
+        <v>1808</v>
+      </c>
+      <c r="B1343" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="1344">
+      <c r="A1344" t="s">
+        <v>1809</v>
+      </c>
+      <c r="B1344" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="1345">
+      <c r="A1345" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B1345" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="1346">
+      <c r="A1346" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B1346" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="1347">
+      <c r="A1347" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B1347" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="1348">
+      <c r="A1348" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B1348" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="1349">
+      <c r="A1349" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B1349" t="s">
+        <v>1815</v>
+      </c>
+    </row>
+    <row r="1350">
+      <c r="A1350" t="s">
+        <v>1816</v>
+      </c>
+      <c r="B1350" t="s">
+        <v>1815</v>
+      </c>
+    </row>
+    <row r="1351">
+      <c r="A1351" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B1351" t="s">
+        <v>1815</v>
+      </c>
+    </row>
+    <row r="1352">
+      <c r="A1352" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B1352" t="s">
+        <v>1819</v>
+      </c>
+    </row>
+    <row r="1353">
+      <c r="A1353" t="s">
+        <v>1820</v>
+      </c>
+      <c r="B1353" t="s">
+        <v>1819</v>
+      </c>
+    </row>
+    <row r="1354">
+      <c r="A1354" t="s">
+        <v>1821</v>
+      </c>
+      <c r="B1354" t="s">
+        <v>1822</v>
+      </c>
+    </row>
+    <row r="1355">
+      <c r="A1355" t="s">
+        <v>1823</v>
+      </c>
+      <c r="B1355" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="1356">
+      <c r="A1356" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B1356" t="s">
+        <v>1826</v>
+      </c>
+    </row>
+    <row r="1357">
+      <c r="A1357" t="s">
+        <v>1827</v>
+      </c>
+      <c r="B1357" t="s">
+        <v>1826</v>
+      </c>
+    </row>
+    <row r="1358">
+      <c r="A1358" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B1358" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="1359">
+      <c r="A1359" t="s">
+        <v>1829</v>
+      </c>
+      <c r="B1359" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="1360">
+      <c r="A1360" t="s">
+        <v>1830</v>
+      </c>
+      <c r="B1360" t="s">
+        <v>1831</v>
+      </c>
+    </row>
+    <row r="1361">
+      <c r="A1361" t="s">
+        <v>1832</v>
+      </c>
+      <c r="B1361" t="s">
+        <v>1831</v>
+      </c>
+    </row>
+    <row r="1362">
+      <c r="A1362" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B1362" t="s">
+        <v>1831</v>
+      </c>
+    </row>
+    <row r="1363">
+      <c r="A1363" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B1363" t="s">
+        <v>1835</v>
+      </c>
+    </row>
+    <row r="1364">
+      <c r="A1364" t="s">
+        <v>1836</v>
+      </c>
+      <c r="B1364" t="s">
+        <v>1835</v>
+      </c>
+    </row>
+    <row r="1365">
+      <c r="A1365" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B1365" t="s">
+        <v>1835</v>
+      </c>
+    </row>
+    <row r="1366">
+      <c r="A1366" t="s">
+        <v>1838</v>
+      </c>
+      <c r="B1366" t="s">
+        <v>1835</v>
+      </c>
+    </row>
+    <row r="1367">
+      <c r="A1367" t="s">
+        <v>1839</v>
+      </c>
+      <c r="B1367" t="s">
+        <v>1835</v>
+      </c>
+    </row>
+    <row r="1368">
+      <c r="A1368" t="s">
+        <v>1840</v>
+      </c>
+      <c r="B1368" t="s">
+        <v>1835</v>
+      </c>
+    </row>
+    <row r="1369">
+      <c r="A1369" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B1369" t="s">
+        <v>1831</v>
+      </c>
+    </row>
+    <row r="1370">
+      <c r="A1370" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B1370" t="s">
+        <v>1835</v>
+      </c>
+    </row>
+    <row r="1371">
+      <c r="A1371" t="s">
+        <v>1843</v>
+      </c>
+      <c r="B1371" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="1372">
+      <c r="A1372" t="s">
+        <v>1844</v>
+      </c>
+      <c r="B1372" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="1373">
+      <c r="A1373" t="s">
+        <v>1845</v>
+      </c>
+      <c r="B1373" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="1374">
+      <c r="A1374" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B1374" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="1375">
+      <c r="A1375" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B1375" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="1376">
+      <c r="A1376" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B1376" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="1377">
+      <c r="A1377" t="s">
+        <v>1850</v>
+      </c>
+      <c r="B1377" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="1378">
+      <c r="A1378" t="s">
+        <v>1851</v>
+      </c>
+      <c r="B1378" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="1379">
+      <c r="A1379" t="s">
+        <v>1852</v>
+      </c>
+      <c r="B1379" t="s">
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="1380">
+      <c r="A1380" t="s">
+        <v>1854</v>
+      </c>
+      <c r="B1380" t="s">
+        <v>1855</v>
+      </c>
+    </row>
+    <row r="1381">
+      <c r="A1381" t="s">
+        <v>1856</v>
+      </c>
+      <c r="B1381" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="1382">
+      <c r="A1382" t="s">
+        <v>1857</v>
+      </c>
+      <c r="B1382" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="1383">
+      <c r="A1383" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B1383" t="s">
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="1384">
+      <c r="A1384" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B1384" t="s">
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="1385">
+      <c r="A1385" t="s">
+        <v>1860</v>
+      </c>
+      <c r="B1385" t="s">
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="1386">
+      <c r="A1386" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B1386" t="s">
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="1387">
+      <c r="A1387" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B1387" t="s">
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="1388">
+      <c r="A1388" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B1388" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="1389">
+      <c r="A1389" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B1389" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="1390">
+      <c r="A1390" t="s">
+        <v>1866</v>
+      </c>
+      <c r="B1390" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="1391">
+      <c r="A1391" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B1391" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="1392">
+      <c r="A1392" t="s">
+        <v>1868</v>
+      </c>
+      <c r="B1392" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="1393">
+      <c r="A1393" t="s">
+        <v>1869</v>
+      </c>
+      <c r="B1393" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="1394">
+      <c r="A1394" t="s">
+        <v>1871</v>
+      </c>
+      <c r="B1394" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="1395">
+      <c r="A1395" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1395" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="1396">
+      <c r="A1396" t="s">
+        <v>1874</v>
+      </c>
+      <c r="B1396" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="1397">
+      <c r="A1397" t="s">
+        <v>1875</v>
+      </c>
+      <c r="B1397" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="1398">
+      <c r="A1398" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B1398" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="1399">
+      <c r="A1399" t="s">
+        <v>1878</v>
+      </c>
+      <c r="B1399" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="1400">
+      <c r="A1400" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B1400" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="1401">
+      <c r="A1401" t="s">
+        <v>1880</v>
+      </c>
+      <c r="B1401" t="s">
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="1402">
+      <c r="A1402" t="s">
+        <v>1881</v>
+      </c>
+      <c r="B1402" t="s">
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="1403">
+      <c r="A1403" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B1403" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="1404">
+      <c r="A1404" t="s">
+        <v>1884</v>
+      </c>
+      <c r="B1404" t="s">
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="1405">
+      <c r="A1405" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B1405" t="s">
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="1406">
+      <c r="A1406" t="s">
+        <v>1886</v>
+      </c>
+      <c r="B1406" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="1407">
+      <c r="A1407" t="s">
+        <v>1887</v>
+      </c>
+      <c r="B1407" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="1408">
+      <c r="A1408" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B1408" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="1409">
+      <c r="A1409" t="s">
+        <v>1889</v>
+      </c>
+      <c r="B1409" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="1410">
+      <c r="A1410" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B1410" t="s">
+        <v>1891</v>
+      </c>
+    </row>
+    <row r="1411">
+      <c r="A1411" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B1411" t="s">
+        <v>1891</v>
+      </c>
+    </row>
+    <row r="1412">
+      <c r="A1412" t="s">
+        <v>1893</v>
+      </c>
+      <c r="B1412" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="1413">
+      <c r="A1413" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B1413" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="1414">
+      <c r="A1414" t="s">
+        <v>1895</v>
+      </c>
+      <c r="B1414" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="1415">
+      <c r="A1415" t="s">
+        <v>1896</v>
+      </c>
+      <c r="B1415" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="1416">
+      <c r="A1416" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B1416" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="1417">
+      <c r="A1417" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B1417" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="1418">
+      <c r="A1418" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B1418" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="1419">
+      <c r="A1419" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B1419" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="1420">
+      <c r="A1420" t="s">
+        <v>1902</v>
+      </c>
+      <c r="B1420" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="1421">
+      <c r="A1421" t="s">
+        <v>1903</v>
+      </c>
+      <c r="B1421" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="1422">
+      <c r="A1422" t="s">
+        <v>1904</v>
+      </c>
+      <c r="B1422" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="1423">
+      <c r="A1423" t="s">
+        <v>1905</v>
+      </c>
+      <c r="B1423" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="1424">
+      <c r="A1424" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B1424" t="s">
+        <v>1907</v>
+      </c>
+    </row>
+    <row r="1425">
+      <c r="A1425" t="s">
+        <v>1908</v>
+      </c>
+      <c r="B1425" t="s">
+        <v>1907</v>
+      </c>
+    </row>
+    <row r="1426">
+      <c r="A1426" t="s">
+        <v>1909</v>
+      </c>
+      <c r="B1426" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="1427">
+      <c r="A1427" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B1427" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="1428">
+      <c r="A1428" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1428" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="1429">
+      <c r="A1429" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B1429" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="1430">
+      <c r="A1430" t="s">
+        <v>1913</v>
+      </c>
+      <c r="B1430" t="s">
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="1431">
+      <c r="A1431" t="s">
+        <v>1914</v>
+      </c>
+      <c r="B1431" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="1432">
+      <c r="A1432" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1432" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="1433">
+      <c r="A1433" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B1433" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="1434">
+      <c r="A1434" t="s">
+        <v>1917</v>
+      </c>
+      <c r="B1434" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="1435">
+      <c r="A1435" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B1435" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="1436">
+      <c r="A1436" t="s">
+        <v>1919</v>
+      </c>
+      <c r="B1436" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="1437">
+      <c r="A1437" t="s">
+        <v>1920</v>
+      </c>
+      <c r="B1437" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="1438">
+      <c r="A1438" t="s">
+        <v>1921</v>
+      </c>
+      <c r="B1438" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="1439">
+      <c r="A1439" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B1439" t="s">
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="1440">
+      <c r="A1440" t="s">
+        <v>1923</v>
+      </c>
+      <c r="B1440" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="1441">
+      <c r="A1441" t="s">
+        <v>1925</v>
+      </c>
+      <c r="B1441" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="1442">
+      <c r="A1442" t="s">
+        <v>1927</v>
+      </c>
+      <c r="B1442" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="1443">
+      <c r="A1443" t="s">
+        <v>1928</v>
+      </c>
+      <c r="B1443" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="1444">
+      <c r="A1444" t="s">
+        <v>1929</v>
+      </c>
+      <c r="B1444" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="1445">
+      <c r="A1445" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B1445" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="1446">
+      <c r="A1446" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B1446" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="1447">
+      <c r="A1447" t="s">
+        <v>1934</v>
+      </c>
+      <c r="B1447" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="1448">
+      <c r="A1448" t="s">
+        <v>1935</v>
+      </c>
+      <c r="B1448" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="1449">
+      <c r="A1449" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B1449" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="1450">
+      <c r="A1450" t="s">
+        <v>1937</v>
+      </c>
+      <c r="B1450" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="1451">
+      <c r="A1451" t="s">
+        <v>1938</v>
+      </c>
+      <c r="B1451" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="1452">
+      <c r="A1452" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B1452" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="1453">
+      <c r="A1453" t="s">
+        <v>1940</v>
+      </c>
+      <c r="B1453" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="1454">
+      <c r="A1454" t="s">
+        <v>1941</v>
+      </c>
+      <c r="B1454" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="1455">
+      <c r="A1455" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B1455" t="s">
+        <v>1943</v>
+      </c>
+    </row>
+    <row r="1456">
+      <c r="A1456" t="s">
+        <v>1944</v>
+      </c>
+      <c r="B1456" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="1457">
+      <c r="A1457" t="s">
+        <v>1945</v>
+      </c>
+      <c r="B1457" t="s">
+        <v>1946</v>
+      </c>
+    </row>
+    <row r="1458">
+      <c r="A1458" t="s">
+        <v>1947</v>
+      </c>
+      <c r="B1458" t="s">
+        <v>1948</v>
+      </c>
+    </row>
+    <row r="1459">
+      <c r="A1459" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B1459" t="s">
+        <v>1948</v>
+      </c>
+    </row>
+    <row r="1460">
+      <c r="A1460" t="s">
+        <v>1950</v>
+      </c>
+      <c r="B1460" t="s">
+        <v>1948</v>
+      </c>
+    </row>
+    <row r="1461">
+      <c r="A1461" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B1461" t="s">
+        <v>1948</v>
+      </c>
+    </row>
+    <row r="1462">
+      <c r="A1462" t="s">
+        <v>1952</v>
+      </c>
+      <c r="B1462" t="s">
+        <v>1953</v>
+      </c>
+    </row>
+    <row r="1463">
+      <c r="A1463" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B1463" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="1464">
+      <c r="A1464" t="s">
+        <v>1956</v>
+      </c>
+      <c r="B1464" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="1465">
+      <c r="A1465" t="s">
+        <v>1958</v>
+      </c>
+      <c r="B1465" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="1466">
+      <c r="A1466" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B1466" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="1467">
+      <c r="A1467" t="s">
+        <v>1961</v>
+      </c>
+      <c r="B1467" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="1468">
+      <c r="A1468" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B1468" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="1469">
+      <c r="A1469" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B1469" t="s">
+        <v>1943</v>
+      </c>
+    </row>
+    <row r="1470">
+      <c r="A1470" t="s">
+        <v>1964</v>
+      </c>
+      <c r="B1470" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="1471">
+      <c r="A1471" t="s">
+        <v>1965</v>
+      </c>
+      <c r="B1471" t="s">
+        <v>1946</v>
+      </c>
+    </row>
+    <row r="1472">
+      <c r="A1472" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B1472" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="1473">
+      <c r="A1473" t="s">
+        <v>1968</v>
+      </c>
+      <c r="B1473" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="1474">
+      <c r="A1474" t="s">
+        <v>1970</v>
+      </c>
+      <c r="B1474" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="1475">
+      <c r="A1475" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B1475" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="1476">
+      <c r="A1476" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B1476" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="1477">
+      <c r="A1477" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B1477" t="s">
+        <v>1974</v>
+      </c>
+    </row>
+    <row r="1478">
+      <c r="A1478" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B1478" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="1479">
+      <c r="A1479" t="s">
+        <v>1976</v>
+      </c>
+      <c r="B1479" t="s">
+        <v>1946</v>
+      </c>
+    </row>
+    <row r="1480">
+      <c r="A1480" t="s">
+        <v>1977</v>
+      </c>
+      <c r="B1480" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="1481">
+      <c r="A1481" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B1481" t="s">
+        <v>1979</v>
+      </c>
+    </row>
+    <row r="1482">
+      <c r="A1482" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B1482" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="1483">
+      <c r="A1483" t="s">
+        <v>1981</v>
+      </c>
+      <c r="B1483" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="1484">
+      <c r="A1484" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B1484" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="1485">
+      <c r="A1485" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B1485" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="1486">
+      <c r="A1486" t="s">
+        <v>1984</v>
+      </c>
+      <c r="B1486" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="1487">
+      <c r="A1487" t="s">
+        <v>1985</v>
+      </c>
+      <c r="B1487" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="1488">
+      <c r="A1488" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B1488" t="s">
+        <v>1974</v>
+      </c>
+    </row>
+    <row r="1489">
+      <c r="A1489" t="s">
+        <v>1987</v>
+      </c>
+      <c r="B1489" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="1490">
+      <c r="A1490" t="s">
+        <v>1989</v>
+      </c>
+      <c r="B1490" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="1491">
+      <c r="A1491" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B1491" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="1492">
+      <c r="A1492" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B1492" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="1493">
+      <c r="A1493" t="s">
+        <v>1992</v>
+      </c>
+      <c r="B1493" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="1494">
+      <c r="A1494" t="s">
+        <v>1993</v>
+      </c>
+      <c r="B1494" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="1495">
+      <c r="A1495" t="s">
+        <v>1994</v>
+      </c>
+      <c r="B1495" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="1496">
+      <c r="A1496" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B1496" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="1497">
+      <c r="A1497" t="s">
+        <v>1996</v>
+      </c>
+      <c r="B1497" t="s">
+        <v>1997</v>
+      </c>
+    </row>
+    <row r="1498">
+      <c r="A1498" t="s">
+        <v>1998</v>
+      </c>
+      <c r="B1498" t="s">
+        <v>1999</v>
+      </c>
+    </row>
+    <row r="1499">
+      <c r="A1499" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B1499" t="s">
+        <v>1999</v>
+      </c>
+    </row>
+    <row r="1500">
+      <c r="A1500" t="s">
+        <v>2001</v>
+      </c>
+      <c r="B1500" t="s">
+        <v>1999</v>
+      </c>
+    </row>
+    <row r="1501">
+      <c r="A1501" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B1501" t="s">
+        <v>1979</v>
+      </c>
+    </row>
+    <row r="1502">
+      <c r="A1502" t="s">
+        <v>2003</v>
+      </c>
+      <c r="B1502" t="s">
+        <v>1891</v>
+      </c>
+    </row>
+    <row r="1503">
+      <c r="A1503" t="s">
+        <v>2004</v>
+      </c>
+      <c r="B1503" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="1504">
+      <c r="A1504" t="s">
+        <v>2005</v>
+      </c>
+      <c r="B1504" t="s">
+        <v>1891</v>
+      </c>
+    </row>
+    <row r="1505">
+      <c r="A1505" t="s">
+        <v>2006</v>
+      </c>
+      <c r="B1505" t="s">
+        <v>1891</v>
+      </c>
+    </row>
+    <row r="1506">
+      <c r="A1506" t="s">
+        <v>2007</v>
+      </c>
+      <c r="B1506" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="1507">
+      <c r="A1507" t="s">
+        <v>2008</v>
+      </c>
+      <c r="B1507" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="1508">
+      <c r="A1508" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B1508" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="1509">
+      <c r="A1509" t="s">
+        <v>2011</v>
+      </c>
+      <c r="B1509" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="1510">
+      <c r="A1510" t="s">
+        <v>2012</v>
+      </c>
+      <c r="B1510" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="1511">
+      <c r="A1511" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B1511" t="s">
+        <v>1979</v>
+      </c>
+    </row>
+    <row r="1512">
+      <c r="A1512" t="s">
+        <v>2014</v>
+      </c>
+      <c r="B1512" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="1513">
+      <c r="A1513" t="s">
+        <v>2015</v>
+      </c>
+      <c r="B1513" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="1514">
+      <c r="A1514" t="s">
+        <v>2016</v>
+      </c>
+      <c r="B1514" t="s">
+        <v>1891</v>
+      </c>
+    </row>
+    <row r="1515">
+      <c r="A1515" t="s">
+        <v>2017</v>
+      </c>
+      <c r="B1515" t="s">
+        <v>1891</v>
+      </c>
+    </row>
+    <row r="1516">
+      <c r="A1516" t="s">
+        <v>2018</v>
+      </c>
+      <c r="B1516" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="1517">
+      <c r="A1517" t="s">
+        <v>2019</v>
+      </c>
+      <c r="B1517" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="1518">
+      <c r="A1518" t="s">
+        <v>2020</v>
+      </c>
+      <c r="B1518" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="1519">
+      <c r="A1519" t="s">
+        <v>2021</v>
+      </c>
+      <c r="B1519" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="1520">
+      <c r="A1520" t="s">
+        <v>2022</v>
+      </c>
+      <c r="B1520" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="1521">
+      <c r="A1521" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B1521" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="1522">
+      <c r="A1522" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B1522" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="1523">
+      <c r="A1523" t="s">
+        <v>2025</v>
+      </c>
+      <c r="B1523" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="1524">
+      <c r="A1524" t="s">
+        <v>2026</v>
+      </c>
+      <c r="B1524" t="s">
+        <v>2027</v>
+      </c>
+    </row>
+    <row r="1525">
+      <c r="A1525" t="s">
+        <v>2028</v>
+      </c>
+      <c r="B1525" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="1526">
+      <c r="A1526" t="s">
+        <v>2029</v>
+      </c>
+      <c r="B1526" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="1527">
+      <c r="A1527" t="s">
+        <v>2030</v>
+      </c>
+      <c r="B1527" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="1528">
+      <c r="A1528" t="s">
+        <v>2031</v>
+      </c>
+      <c r="B1528" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="1529">
+      <c r="A1529" t="s">
+        <v>2032</v>
+      </c>
+      <c r="B1529" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="1530">
+      <c r="A1530" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B1530" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="1531">
+      <c r="A1531" t="s">
+        <v>2034</v>
+      </c>
+      <c r="B1531" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="1532">
+      <c r="A1532" t="s">
+        <v>2035</v>
+      </c>
+      <c r="B1532" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="1533">
+      <c r="A1533" t="s">
+        <v>2036</v>
+      </c>
+      <c r="B1533" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="1534">
+      <c r="A1534" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B1534" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="1535">
+      <c r="A1535" t="s">
+        <v>2038</v>
+      </c>
+      <c r="B1535" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="1536">
+      <c r="A1536" t="s">
+        <v>2039</v>
+      </c>
+      <c r="B1536" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="1537">
+      <c r="A1537" t="s">
+        <v>2040</v>
+      </c>
+      <c r="B1537" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="1538">
+      <c r="A1538" t="s">
+        <v>2041</v>
+      </c>
+      <c r="B1538" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="1539">
+      <c r="A1539" t="s">
+        <v>2042</v>
+      </c>
+      <c r="B1539" t="s">
+        <v>2043</v>
+      </c>
+    </row>
+    <row r="1540">
+      <c r="A1540" t="s">
+        <v>2044</v>
+      </c>
+      <c r="B1540" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="1541">
+      <c r="A1541" t="s">
+        <v>2045</v>
+      </c>
+      <c r="B1541" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="1542">
+      <c r="A1542" t="s">
+        <v>2046</v>
+      </c>
+      <c r="B1542" t="s">
+        <v>2027</v>
+      </c>
+    </row>
+    <row r="1543">
+      <c r="A1543" t="s">
+        <v>2047</v>
+      </c>
+      <c r="B1543" t="s">
+        <v>2027</v>
+      </c>
+    </row>
+    <row r="1544">
+      <c r="A1544" t="s">
+        <v>2048</v>
+      </c>
+      <c r="B1544" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="1545">
+      <c r="A1545" t="s">
+        <v>2049</v>
+      </c>
+      <c r="B1545" t="s">
+        <v>2043</v>
+      </c>
+    </row>
+    <row r="1546">
+      <c r="A1546" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B1546" t="s">
+        <v>1873</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>