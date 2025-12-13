--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2483" uniqueCount="2483">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2609" uniqueCount="2609">
   <si>
     <t>Товар</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Круг нержавеющий х/т 3</t>
   </si>
   <si>
     <t>12.00 руб.</t>
   </si>
   <si>
     <t>Круг нержавеющий х/т 4</t>
   </si>
   <si>
     <t>21.00 руб.</t>
   </si>
   <si>
     <t>Круг нержавеющий х/т 5</t>
   </si>
   <si>
     <t>30.00 руб.</t>
   </si>
   <si>
@@ -7458,50 +7458,428 @@
     <t>Шестигранник нержавеющий 32 мм AISI 321 г/к</t>
   </si>
   <si>
     <t>Шестигранник нержавеющий 32 мм AISI 321 х/к h11 Калиброванный</t>
   </si>
   <si>
     <t>Шестигранник нержавеющий 32 мм AISI 321 х/т h11 Калиброванный</t>
   </si>
   <si>
     <t>Шестигранник нержавеющий 32 мм AISI 431 х/к h11 Калиброванный</t>
   </si>
   <si>
     <t>Шестигранник нержавеющий 32 мм 20х13 AISI 420 г/к</t>
   </si>
   <si>
     <t>Шестигранник нержавеющий 36 мм AISI 304 г/к</t>
   </si>
   <si>
     <t>Шестигранник нержавеющий 36 мм AISI 304 х/т h11 Калиброванный</t>
   </si>
   <si>
     <t>Шестигранник нержавеющий 36 мм AISI 321 г/к</t>
   </si>
   <si>
     <t>Шестигранник нержавеющий 36 мм AISI 321 х/т h11 Калиброванный</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.08х310 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>4752.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.1х300 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>617.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.1х390 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>799.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.1х310 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>635.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.1х280 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>575.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.13х430 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>771.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.15х400 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>1150.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.15х395 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>1135.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.15х310 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>891.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.2х250 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>1027.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.2х400 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>1642.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.25х400 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>2052.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.45х310 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>2861.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.45х280 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>2585.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.45х400 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>3693.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.5х400 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>4113.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.5х280 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>2878.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.6х280 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>3455.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.6х400 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>4935.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.6х250 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>3085.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.6х310 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>3824.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.7х280 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>4031.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.7х250 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>3599.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.7х310 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>4461.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.8х400 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>6580.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.8х250 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.8х280 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>4605.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.8х310 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>5100.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.9х310 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>5738.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.9х250 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>4626.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.9х400 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>7403.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 0.9х280 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>5181.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая 1х280 мм 12Х18Н10Т</t>
+  </si>
+  <si>
+    <t>5634.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая монтажная 0.7х19 мм AISI 430 (12Х17)</t>
+  </si>
+  <si>
+    <t>722000.00 руб.</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая монтажная 0.8х20 мм AISI 304 (08Х18Н10)</t>
+  </si>
+  <si>
+    <t>Лента нержавеющая монтажная 0.7х19 мм AISI 201 (12Х15Г9НД)</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 0.5 мм AISI 201 (12Х15Г9НД) зеркальный</t>
+  </si>
+  <si>
+    <t>313200.00 руб.</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 0.5 мм AISI 201 (12Х15Г9НД) матовый</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 0.5 мм AISI 201 (12Х15Г9НД) шлифованный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 0.5 мм AISI 304 (08Х18Н10) матовый</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 0.5 мм AISI 430 (12Х17) зеркальный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 0.5 мм AISI 430 (12Х17) матовый</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 0.5 мм AISI 430 (12Х17) шлифованный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 0.8 мм AISI 201 (12Х15Г9НД) зеркальный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 0.8 мм AISI 201 (12Х15Г9НД) матовый</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 0.8 мм AISI 201 (12Х15Г9НД) шлифованный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 0.8 мм AISI 321 (12Х18Н10Т) матовый</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 0.8 мм AISI 430 (12Х17) зеркальный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 0.8 мм AISI 430 (12Х17) матовый</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 0.8 мм AISI 430 (12Х17) шлифованный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 1 мм AISI 201 (12Х15Г9НД) зеркальный</t>
+  </si>
+  <si>
+    <t>126000.00 руб.</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 1 мм AISI 201 (12Х15Г9НД) матовый</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 1 мм AISI 201 (12Х15Г9НД) шлифованный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 1 мм AISI 304 (08Х18Н10) матовый</t>
+  </si>
+  <si>
+    <t>158000.00 руб.</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 1 мм AISI 321 (12Х18Н10Т) матовый</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 1 мм AISI 430 (12Х17) зеркальный</t>
+  </si>
+  <si>
+    <t>260000.00 руб.</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 1 мм AISI 430 (12Х17) матовый</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 1 мм AISI 430 (12Х17) шлифованный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 1.2 мм AISI 201 (12Х15Г9НД) зеркальный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 1.2 мм AISI 201 (12Х15Г9НД) матовый</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 1.2 мм AISI 201 (12Х15Г9НД) шлифованный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 1.2 мм AISI 321 (12Х18Н10Т) матовый</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 1.5 мм AISI 201 (12Х15Г9НД) зеркальный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 1.5 мм AISI 201 (12Х15Г9НД) матовый</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 1.5 мм AISI 201 (12Х15Г9НД) шлифованный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 1.5 мм AISI 304 (08Х18Н10) зеркальный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 1.5 мм AISI 304 (08Х18Н10) матовый</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 1.5 мм AISI 304 (08Х18Н10) шлифованный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 1.5 мм AISI 321 (12Х18Н10Т) матовый</t>
+  </si>
+  <si>
+    <t>240000.00 руб.</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 1.5 мм AISI 430 (12Х17) зеркальный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 1.5 мм AISI 430 (12Х17) шлифованный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 2 мм AISI 201 (12Х15Г9НД) зеркальный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 2 мм AISI 201 (12Х15Г9НД) матовый</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 2 мм AISI 201 (12Х15Г9НД) шлифованный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 2 мм AISI 304 (08Х18Н10) зеркальный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 2 мм AISI 304 (08Х18Н10) матовый</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 2 мм AISI 304 (08Х18Н10) шлифованный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 2 мм AISI 430 (12Х17) зеркальный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 2 мм AISI 430 (12Х17) матовый</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 2 мм AISI 430 (12Х17) шлифованный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 3 мм AISI 201 (12Х15Г9НД) зеркальный</t>
+  </si>
+  <si>
+    <t>684720.00 руб.</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 3 мм AISI 304 (08Х18Н10) зеркальный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 3 мм AISI 304 (08Х18Н10) матовый</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 3 мм AISI 304 (08Х18Н10) шлифованный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 3 мм AISI 430 (12Х17) матовый</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 3 мм AISI 430 (12Х17) шлифованный</t>
+  </si>
+  <si>
+    <t>Штрипс нержавеющий 4 мм AISI 304 (08Х18Н10) матовый</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
@@ -7523,51 +7901,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B2142"/>
+  <dimension ref="A1:B2229"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="1"/>
     <col min="2" max="2" width="16" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>4</v>
       </c>
@@ -24663,50 +25041,746 @@
         <v>2408</v>
       </c>
     </row>
     <row r="2140">
       <c r="A2140" t="s">
         <v>2480</v>
       </c>
       <c r="B2140" t="s">
         <v>2383</v>
       </c>
     </row>
     <row r="2141">
       <c r="A2141" t="s">
         <v>2481</v>
       </c>
       <c r="B2141" t="s">
         <v>2408</v>
       </c>
     </row>
     <row r="2142">
       <c r="A2142" t="s">
         <v>2482</v>
       </c>
       <c r="B2142" t="s">
         <v>2391</v>
+      </c>
+    </row>
+    <row r="2143">
+      <c r="A2143" t="s">
+        <v>2483</v>
+      </c>
+      <c r="B2143" t="s">
+        <v>2484</v>
+      </c>
+    </row>
+    <row r="2144">
+      <c r="A2144" t="s">
+        <v>2485</v>
+      </c>
+      <c r="B2144" t="s">
+        <v>2486</v>
+      </c>
+    </row>
+    <row r="2145">
+      <c r="A2145" t="s">
+        <v>2487</v>
+      </c>
+      <c r="B2145" t="s">
+        <v>2488</v>
+      </c>
+    </row>
+    <row r="2146">
+      <c r="A2146" t="s">
+        <v>2489</v>
+      </c>
+      <c r="B2146" t="s">
+        <v>2490</v>
+      </c>
+    </row>
+    <row r="2147">
+      <c r="A2147" t="s">
+        <v>2491</v>
+      </c>
+      <c r="B2147" t="s">
+        <v>2492</v>
+      </c>
+    </row>
+    <row r="2148">
+      <c r="A2148" t="s">
+        <v>2493</v>
+      </c>
+      <c r="B2148" t="s">
+        <v>2494</v>
+      </c>
+    </row>
+    <row r="2149">
+      <c r="A2149" t="s">
+        <v>2495</v>
+      </c>
+      <c r="B2149" t="s">
+        <v>2496</v>
+      </c>
+    </row>
+    <row r="2150">
+      <c r="A2150" t="s">
+        <v>2497</v>
+      </c>
+      <c r="B2150" t="s">
+        <v>2498</v>
+      </c>
+    </row>
+    <row r="2151">
+      <c r="A2151" t="s">
+        <v>2499</v>
+      </c>
+      <c r="B2151" t="s">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="2152">
+      <c r="A2152" t="s">
+        <v>2501</v>
+      </c>
+      <c r="B2152" t="s">
+        <v>2502</v>
+      </c>
+    </row>
+    <row r="2153">
+      <c r="A2153" t="s">
+        <v>2503</v>
+      </c>
+      <c r="B2153" t="s">
+        <v>2504</v>
+      </c>
+    </row>
+    <row r="2154">
+      <c r="A2154" t="s">
+        <v>2505</v>
+      </c>
+      <c r="B2154" t="s">
+        <v>2506</v>
+      </c>
+    </row>
+    <row r="2155">
+      <c r="A2155" t="s">
+        <v>2507</v>
+      </c>
+      <c r="B2155" t="s">
+        <v>2508</v>
+      </c>
+    </row>
+    <row r="2156">
+      <c r="A2156" t="s">
+        <v>2509</v>
+      </c>
+      <c r="B2156" t="s">
+        <v>2510</v>
+      </c>
+    </row>
+    <row r="2157">
+      <c r="A2157" t="s">
+        <v>2511</v>
+      </c>
+      <c r="B2157" t="s">
+        <v>2512</v>
+      </c>
+    </row>
+    <row r="2158">
+      <c r="A2158" t="s">
+        <v>2513</v>
+      </c>
+      <c r="B2158" t="s">
+        <v>2514</v>
+      </c>
+    </row>
+    <row r="2159">
+      <c r="A2159" t="s">
+        <v>2515</v>
+      </c>
+      <c r="B2159" t="s">
+        <v>2516</v>
+      </c>
+    </row>
+    <row r="2160">
+      <c r="A2160" t="s">
+        <v>2517</v>
+      </c>
+      <c r="B2160" t="s">
+        <v>2518</v>
+      </c>
+    </row>
+    <row r="2161">
+      <c r="A2161" t="s">
+        <v>2519</v>
+      </c>
+      <c r="B2161" t="s">
+        <v>2520</v>
+      </c>
+    </row>
+    <row r="2162">
+      <c r="A2162" t="s">
+        <v>2521</v>
+      </c>
+      <c r="B2162" t="s">
+        <v>2522</v>
+      </c>
+    </row>
+    <row r="2163">
+      <c r="A2163" t="s">
+        <v>2523</v>
+      </c>
+      <c r="B2163" t="s">
+        <v>2524</v>
+      </c>
+    </row>
+    <row r="2164">
+      <c r="A2164" t="s">
+        <v>2525</v>
+      </c>
+      <c r="B2164" t="s">
+        <v>2526</v>
+      </c>
+    </row>
+    <row r="2165">
+      <c r="A2165" t="s">
+        <v>2527</v>
+      </c>
+      <c r="B2165" t="s">
+        <v>2528</v>
+      </c>
+    </row>
+    <row r="2166">
+      <c r="A2166" t="s">
+        <v>2529</v>
+      </c>
+      <c r="B2166" t="s">
+        <v>2530</v>
+      </c>
+    </row>
+    <row r="2167">
+      <c r="A2167" t="s">
+        <v>2531</v>
+      </c>
+      <c r="B2167" t="s">
+        <v>2532</v>
+      </c>
+    </row>
+    <row r="2168">
+      <c r="A2168" t="s">
+        <v>2533</v>
+      </c>
+      <c r="B2168" t="s">
+        <v>2514</v>
+      </c>
+    </row>
+    <row r="2169">
+      <c r="A2169" t="s">
+        <v>2534</v>
+      </c>
+      <c r="B2169" t="s">
+        <v>2535</v>
+      </c>
+    </row>
+    <row r="2170">
+      <c r="A2170" t="s">
+        <v>2536</v>
+      </c>
+      <c r="B2170" t="s">
+        <v>2537</v>
+      </c>
+    </row>
+    <row r="2171">
+      <c r="A2171" t="s">
+        <v>2538</v>
+      </c>
+      <c r="B2171" t="s">
+        <v>2539</v>
+      </c>
+    </row>
+    <row r="2172">
+      <c r="A2172" t="s">
+        <v>2540</v>
+      </c>
+      <c r="B2172" t="s">
+        <v>2541</v>
+      </c>
+    </row>
+    <row r="2173">
+      <c r="A2173" t="s">
+        <v>2542</v>
+      </c>
+      <c r="B2173" t="s">
+        <v>2543</v>
+      </c>
+    </row>
+    <row r="2174">
+      <c r="A2174" t="s">
+        <v>2544</v>
+      </c>
+      <c r="B2174" t="s">
+        <v>2545</v>
+      </c>
+    </row>
+    <row r="2175">
+      <c r="A2175" t="s">
+        <v>2546</v>
+      </c>
+      <c r="B2175" t="s">
+        <v>2547</v>
+      </c>
+    </row>
+    <row r="2176">
+      <c r="A2176" t="s">
+        <v>2548</v>
+      </c>
+      <c r="B2176" t="s">
+        <v>2549</v>
+      </c>
+    </row>
+    <row r="2177">
+      <c r="A2177" t="s">
+        <v>2550</v>
+      </c>
+      <c r="B2177" t="s">
+        <v>2549</v>
+      </c>
+    </row>
+    <row r="2178">
+      <c r="A2178" t="s">
+        <v>2551</v>
+      </c>
+      <c r="B2178" t="s">
+        <v>2549</v>
+      </c>
+    </row>
+    <row r="2179">
+      <c r="A2179" t="s">
+        <v>2552</v>
+      </c>
+      <c r="B2179" t="s">
+        <v>2553</v>
+      </c>
+    </row>
+    <row r="2180">
+      <c r="A2180" t="s">
+        <v>2554</v>
+      </c>
+      <c r="B2180" t="s">
+        <v>2553</v>
+      </c>
+    </row>
+    <row r="2181">
+      <c r="A2181" t="s">
+        <v>2555</v>
+      </c>
+      <c r="B2181" t="s">
+        <v>2553</v>
+      </c>
+    </row>
+    <row r="2182">
+      <c r="A2182" t="s">
+        <v>2556</v>
+      </c>
+      <c r="B2182" t="s">
+        <v>2553</v>
+      </c>
+    </row>
+    <row r="2183">
+      <c r="A2183" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B2183" t="s">
+        <v>2553</v>
+      </c>
+    </row>
+    <row r="2184">
+      <c r="A2184" t="s">
+        <v>2558</v>
+      </c>
+      <c r="B2184" t="s">
+        <v>2553</v>
+      </c>
+    </row>
+    <row r="2185">
+      <c r="A2185" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B2185" t="s">
+        <v>2553</v>
+      </c>
+    </row>
+    <row r="2186">
+      <c r="A2186" t="s">
+        <v>2560</v>
+      </c>
+      <c r="B2186" t="s">
+        <v>2553</v>
+      </c>
+    </row>
+    <row r="2187">
+      <c r="A2187" t="s">
+        <v>2561</v>
+      </c>
+      <c r="B2187" t="s">
+        <v>2553</v>
+      </c>
+    </row>
+    <row r="2188">
+      <c r="A2188" t="s">
+        <v>2562</v>
+      </c>
+      <c r="B2188" t="s">
+        <v>2553</v>
+      </c>
+    </row>
+    <row r="2189">
+      <c r="A2189" t="s">
+        <v>2563</v>
+      </c>
+      <c r="B2189" t="s">
+        <v>2553</v>
+      </c>
+    </row>
+    <row r="2190">
+      <c r="A2190" t="s">
+        <v>2564</v>
+      </c>
+      <c r="B2190" t="s">
+        <v>2553</v>
+      </c>
+    </row>
+    <row r="2191">
+      <c r="A2191" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B2191" t="s">
+        <v>2553</v>
+      </c>
+    </row>
+    <row r="2192">
+      <c r="A2192" t="s">
+        <v>2566</v>
+      </c>
+      <c r="B2192" t="s">
+        <v>2553</v>
+      </c>
+    </row>
+    <row r="2193">
+      <c r="A2193" t="s">
+        <v>2567</v>
+      </c>
+      <c r="B2193" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="2194">
+      <c r="A2194" t="s">
+        <v>2569</v>
+      </c>
+      <c r="B2194" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="2195">
+      <c r="A2195" t="s">
+        <v>2570</v>
+      </c>
+      <c r="B2195" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="2196">
+      <c r="A2196" t="s">
+        <v>2571</v>
+      </c>
+      <c r="B2196" t="s">
+        <v>2572</v>
+      </c>
+    </row>
+    <row r="2197">
+      <c r="A2197" t="s">
+        <v>2573</v>
+      </c>
+      <c r="B2197" t="s">
+        <v>2553</v>
+      </c>
+    </row>
+    <row r="2198">
+      <c r="A2198" t="s">
+        <v>2574</v>
+      </c>
+      <c r="B2198" t="s">
+        <v>2575</v>
+      </c>
+    </row>
+    <row r="2199">
+      <c r="A2199" t="s">
+        <v>2576</v>
+      </c>
+      <c r="B2199" t="s">
+        <v>2575</v>
+      </c>
+    </row>
+    <row r="2200">
+      <c r="A2200" t="s">
+        <v>2577</v>
+      </c>
+      <c r="B2200" t="s">
+        <v>2575</v>
+      </c>
+    </row>
+    <row r="2201">
+      <c r="A2201" t="s">
+        <v>2578</v>
+      </c>
+      <c r="B2201" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="2202">
+      <c r="A2202" t="s">
+        <v>2579</v>
+      </c>
+      <c r="B2202" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="2203">
+      <c r="A2203" t="s">
+        <v>2580</v>
+      </c>
+      <c r="B2203" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="2204">
+      <c r="A2204" t="s">
+        <v>2581</v>
+      </c>
+      <c r="B2204" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="2205">
+      <c r="A2205" t="s">
+        <v>2582</v>
+      </c>
+      <c r="B2205" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="2206">
+      <c r="A2206" t="s">
+        <v>2583</v>
+      </c>
+      <c r="B2206" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="2207">
+      <c r="A2207" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B2207" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="2208">
+      <c r="A2208" t="s">
+        <v>2585</v>
+      </c>
+      <c r="B2208" t="s">
+        <v>2572</v>
+      </c>
+    </row>
+    <row r="2209">
+      <c r="A2209" t="s">
+        <v>2586</v>
+      </c>
+      <c r="B2209" t="s">
+        <v>2572</v>
+      </c>
+    </row>
+    <row r="2210">
+      <c r="A2210" t="s">
+        <v>2587</v>
+      </c>
+      <c r="B2210" t="s">
+        <v>2572</v>
+      </c>
+    </row>
+    <row r="2211">
+      <c r="A2211" t="s">
+        <v>2588</v>
+      </c>
+      <c r="B2211" t="s">
+        <v>2589</v>
+      </c>
+    </row>
+    <row r="2212">
+      <c r="A2212" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B2212" t="s">
+        <v>2575</v>
+      </c>
+    </row>
+    <row r="2213">
+      <c r="A2213" t="s">
+        <v>2591</v>
+      </c>
+      <c r="B2213" t="s">
+        <v>2575</v>
+      </c>
+    </row>
+    <row r="2214">
+      <c r="A2214" t="s">
+        <v>2592</v>
+      </c>
+      <c r="B2214" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="2215">
+      <c r="A2215" t="s">
+        <v>2593</v>
+      </c>
+      <c r="B2215" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="2216">
+      <c r="A2216" t="s">
+        <v>2594</v>
+      </c>
+      <c r="B2216" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="2217">
+      <c r="A2217" t="s">
+        <v>2595</v>
+      </c>
+      <c r="B2217" t="s">
+        <v>2572</v>
+      </c>
+    </row>
+    <row r="2218">
+      <c r="A2218" t="s">
+        <v>2596</v>
+      </c>
+      <c r="B2218" t="s">
+        <v>2572</v>
+      </c>
+    </row>
+    <row r="2219">
+      <c r="A2219" t="s">
+        <v>2597</v>
+      </c>
+      <c r="B2219" t="s">
+        <v>2572</v>
+      </c>
+    </row>
+    <row r="2220">
+      <c r="A2220" t="s">
+        <v>2598</v>
+      </c>
+      <c r="B2220" t="s">
+        <v>2575</v>
+      </c>
+    </row>
+    <row r="2221">
+      <c r="A2221" t="s">
+        <v>2599</v>
+      </c>
+      <c r="B2221" t="s">
+        <v>2575</v>
+      </c>
+    </row>
+    <row r="2222">
+      <c r="A2222" t="s">
+        <v>2600</v>
+      </c>
+      <c r="B2222" t="s">
+        <v>2575</v>
+      </c>
+    </row>
+    <row r="2223">
+      <c r="A2223" t="s">
+        <v>2601</v>
+      </c>
+      <c r="B2223" t="s">
+        <v>2602</v>
+      </c>
+    </row>
+    <row r="2224">
+      <c r="A2224" t="s">
+        <v>2603</v>
+      </c>
+      <c r="B2224" t="s">
+        <v>2572</v>
+      </c>
+    </row>
+    <row r="2225">
+      <c r="A2225" t="s">
+        <v>2604</v>
+      </c>
+      <c r="B2225" t="s">
+        <v>2572</v>
+      </c>
+    </row>
+    <row r="2226">
+      <c r="A2226" t="s">
+        <v>2605</v>
+      </c>
+      <c r="B2226" t="s">
+        <v>2572</v>
+      </c>
+    </row>
+    <row r="2227">
+      <c r="A2227" t="s">
+        <v>2606</v>
+      </c>
+      <c r="B2227" t="s">
+        <v>2575</v>
+      </c>
+    </row>
+    <row r="2228">
+      <c r="A2228" t="s">
+        <v>2607</v>
+      </c>
+      <c r="B2228" t="s">
+        <v>2575</v>
+      </c>
+    </row>
+    <row r="2229">
+      <c r="A2229" t="s">
+        <v>2608</v>
+      </c>
+      <c r="B2229" t="s">
+        <v>2572</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>